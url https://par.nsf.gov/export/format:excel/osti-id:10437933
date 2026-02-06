--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10437933</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.apenergy.2022.118824</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Planning-Oriented resilience assessment and enhancement of integrated electricity-gas system considering multi-type natural disasters</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Han; Hou, Kai; Zhao, Junbo; Yu, Xiaodan; Jia, Hongjie; Mu, Yunfei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Applied energy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>315</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-18</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0306-2619</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A planning-oriented resilience assessment and enhancement approach is proposed that can efficiently deal with multi-type natural disasters. A unified disaster modelling framework is proposed to extract key information from various potential disaster scenarios, thus forming a disaster scenario database. The impact-increment-based enumeration method is applied, and a reusable impact-increment database is established to speed up the assessment process. The reusable database is also utilized to calculate component-level resilience indices and economic indices, so as to make enhancement strategies against potential disasters within planning time scale. Resilience assessment on an integrated electricity-gas system in Taiwan’s coastal seismic statistical zone shows that the proposed method can significantly improve the computational efficiency as compared to existing methods. Numerical results indicate that the resilient planning considering the diversity of natural disaster types comprehensively improves the system resilience, which means it is not only concerned with the system performance under a single type of disaster. In addition, the most suitable resilience enhancement scheme with insufficient funds shall be developed according to the economic indices, instead of the component-level resilience indices that cannot balance the resilience enhancement effect with the implementation cost.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917308</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>