--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10438115</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On Feature Learning in the Presence of Spurious Correlations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Izmailov, Pavel; Kirichenko, Polina; Gruver, Nate; Wilson, Andrew Gordon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>NeurIPS</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Deep classifiers are known to rely on spurious features — patterns which are correlated with the target on the training data but not inherently relevant to the learning problem, such as the image backgrounds when classifying the foregrounds. In this paper we evaluate the amount of information about the core (non-spurious) features that can be decoded from the representations learned by standard empirical risk minimization (ERM) and specialized group robustness training. Following recent work on Deep Feature Reweighting (DFR), we evaluate the feature representations by re-training the last layer of the model on a held-out set where the spurious correlation is broken. On multiple vision and NLP problems, we show that the features learned by simple ERM are highly competitive with the features learned by specialized group robustness methods targeted at reducing the effect of spurious correlations. Moreover, we show that the quality of learned feature representations is greatly affected by the design decisions beyond the training method, such as the model architecture and pre-training strategy. On the other hand, we find that strong regularization is not necessary for learning high-quality feature representations.
+Finally, using insights from our analysis, we significantly improve upon the best results reported in the literature on the popular Waterbirds, CelebA hair color prediction and WILDS-FMOW problems, achieving 97\%, 92\% and 50\% worst-group accuracies, respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1922658</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>