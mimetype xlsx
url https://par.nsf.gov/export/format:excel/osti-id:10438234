--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10492868</t>
-[...8 lines deleted...]
-    <t>Twardokus, Geoff; Rahbari, Hanif</t>
+    <t>10438234</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41586-022-05410-9</t>
+  </si>
+  <si>
+    <t>Periclase deforms more slowly than bridgmanite under mantle conditions</t>
+  </si>
+  <si>
+    <t>Cordier, Patrick; Gouriet, Karine; Weidner, Timmo; Van Orman, James; Castelnau, Olivier; Jackson, Jennifer M.; Carrez, Philippe</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-02-12T05:00:00Z</t>
-[...5 lines deleted...]
-    <t>We showcase PQ-V2Verifier, the first open-source testbed for using NIST-approved post-quantum authentication algorithms in vehicle-to-vehicle (V2V) communications. With hardware in the loop for over-the-air experiments using software-defined radios and commercial V2V devices, we show the potential of PQ-V2Verifier for customizable experiments to evaluate V2V security protocols in safety use cases against attacks enabled by a large quantum computer, as well as novel countermeasures.</t>
+    <t>2023-01-12T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>7943</t>
+  </si>
+  <si>
+    <t>303 to 307</t>
+  </si>
+  <si>
+    <t>0028-0836</t>
+  </si>
+  <si>
+    <t>Abstract                          Transport of heat from the interior of the Earth drives convection in the mantle, which involves the deformation of solid rocks over billions of years. The lower mantle of the Earth is mostly composed of iron-bearing bridgmanite MgSiO              3              and approximately 25% volume periclase MgO (also with some iron). It is commonly accepted that ferropericlase is weaker than bridgmanite              1              . Considerable progress has been made in recent years to study assemblages representative of the lower mantle under the relevant pressure and temperature conditions              2,3              . However, the natural strain rates are 8 to 10 orders of magnitude lower than in the laboratory, and are still inaccessible to us. Once the deformation mechanisms of rocks and their constituent minerals have been identified, it is possible to overcome this limitation thanks to multiscale numerical modelling, and to determine rheological properties for inaccessible strain rates. In this work we use 2.5-dimensional dislocation dynamics to model the low-stress creep of MgO periclase at lower mantle pressures and temperatures. We show that periclase deforms very slowly under these conditions, in particular, much more slowly than bridgmanite deforming by pure climb creep. This is due to slow diffusion of oxygen in periclase under pressure. In the assemblage, this secondary phase hardly participates in the deformation, so that the rheology of the lower mantle is very well described by that of bridgmanite. Our results show that drastic changes in deformation mechanisms can occur as a function of the strain rate.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2239931</t>
-[...11 lines deleted...]
-    <t>San Diego, CA, USA</t>
+    <t>2009935</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -290,81 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...2 lines deleted...]
-      <c r="L2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>