--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10438348</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Which Way is Up? Orientation and Young Children’s Directional Arrow Interpretations in Coding Contexts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jiang, M.; Clarke-Midura, J.; Silvis, D.; Shumway, J.; Lee, V.R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many coding environments for young children involve using navigational arrow
+codes representing four movements: forward, backwards, rotate left, and rotate right. Children interpreting these four, seemingly simple codes encounter a complex interaction of spatial thinking and semantic meaning. In this study of how children interpret directional arrows, we found that they interpret each of the arrows as encoding many meanings and that the orientation of the agent plays a critical role in children’s interpretations. Through iterative rounds of qualitative coding and drawing on two examples, we unpack some common interpretations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1842116</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>