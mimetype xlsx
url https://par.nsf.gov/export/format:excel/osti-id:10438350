--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,165 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...113 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -179,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10438350</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Material Anchors for Young Children’s Spatial Planning: Contextualizing Path-Program Relationships</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Silvis, D.; Clarke-Midura, J.; Shumway, J.; Lee, V.R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Planning a path from an origin to a destination is a common task for studying
+children’s spatial thinking and a foundational part of many early programming environments.
+This paper examines children’s means of abstraction between the grid space and the program domain through an exploration of the strategies they used to plan a robot’s routes in 2-D space. Qualitative analysis focused on ways children used materials to aid in spatial planning and programming, advancing previous work on material anchors for concepts (Hutchins, 2005). Through an elaboration of several path planning strategies, we illustrate how children varied in their use of materials in space to represent a path-program relationship. We argue that these strategies represent multiple ways of contextualizing and abstracting in a programming task, with implications for design of equitable CT assessments in early childhood.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1842116</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>