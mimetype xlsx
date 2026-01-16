--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,88 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10438459</t>
-[...8 lines deleted...]
-    <t>Zarch, Mostafa Eghbali; Becchi, Michela</t>
+    <t>10124175</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/d41586-019-01720-7</t>
+  </si>
+  <si>
+    <t>Make scientific data FAIR</t>
+  </si>
+  <si>
+    <t>Stall, Shelley; Yarmey, Lynn; Cutcher-Gershenfeld, Joel; Hanson, Brooks; Lehnert, Kerstin; Nosek, Brian; Parsons, Mark; Robinson, Erin; Wyborn, Lesley</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-05-01T04:00:00Z</t>
-[...9 lines deleted...]
-In this paper, we propose a code transformation to improve the performance of OpenCL codes running on FPGA. The proposed method uses pipes to separate the memory accesses and core computation within OpenCL kernels. We analyze the benefits of the approach as well as the restrictions to its applicability. Using OpenCL applications from popular benchmark suites, we show that this code transformation can result in higher utilization of the global memory bandwidth available and increased instruction concurrency, thus improving the overall throughput of OpenCL kernels at the cost of a modest resource utilization overhead. Further concurrency can be achieved by using multiple memory and compute kernels.</t>
+    <t>2019-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>7759</t>
+  </si>
+  <si>
+    <t>27 to 29</t>
+  </si>
+  <si>
+    <t>0028-0836</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1812727</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1636653</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,79 +293,83 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>