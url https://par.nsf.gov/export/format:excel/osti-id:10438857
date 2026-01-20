--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,108 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10616429</t>
-[...8 lines deleted...]
-    <t>Schmidt, Sebastian; Toivonen, Santeri; Medvedev, Paul; Tomescu, Alexandru I</t>
+    <t>10438857</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/CLEO_AT.2023.ATh3K.4</t>
+  </si>
+  <si>
+    <t>Precision hydrogen trace gas detection by ultralow-loss multipass cavity Raman scattering</t>
+  </si>
+  <si>
+    <t>Singh, Jaspreet; Muller, Andreas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Pissis, Solon P; Sung, Wing-Kin</t>
-[...17 lines deleted...]
-    <t>Despite the long history of genome assembly research, there remains a large gap between the theoretical and practical work. There is practical software with little theoretical underpinning of accuracy on one hand and theoretical algorithms which have not been adopted in practice on the other. In this paper we attempt to bridge the gap between theory and practice by showing how the theoretical safe-and-complete framework can be integrated into existing assemblers in order to improve contiguity. The optimal algorithm in this framework, called the omnitig algorithm, has not been used in practice due to its complexity and its lack of robustness to real data. Instead, we pursue a simplified notion of omnitigs (simple omnitigs), giving an efficient algorithm to compute them and demonstrating their safety under certain conditions. We modify two assemblers (wtdbg2 and Flye) by replacing their unitig algorithm with the simple omnitig algorithm. We test our modifications using real HiFi data from the D. melanogaster and the C. elegans genomes. Our modified algorithms lead to a substantial improvement in alignment-based contiguity, with negligible additional computational costs and either no or a small increase in the number of misassemblies.</t>
+    <t>2023-05-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>ATh3K.4</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Raman scattering with a feedback-assisted ultralow-loss multipass cavity was implemented for trace hydrogen sensing. A limit of detection (precision) of 40 (50) parts-per-billion was obtained at a pressure of 0.2 MPa in a 30-min exposure.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2138585; 1931531</t>
-[...8 lines deleted...]
-    <t>application/pdf</t>
+    <t>2116275</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Conference Paper</t>
-  </si>
-[...4 lines deleted...]
-    <t>Creative Commons Attribution 4.0 International license; info:eu-repo/semantics/openAccess</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -300,95 +276,87 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
-[...5 lines deleted...]
-      </c>
+      <c r="H2" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="M2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="N2" t="s" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
-      <c r="Y2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>