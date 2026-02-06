--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10439268</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1119/perc.2022.pr.Bott</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Examining how problem design relates to computational thinking practices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bott, Theodore E.; Stump, Tyler; Caballero, Marcos D.; McPadden, Daryl R.; Irving, Paul W.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Frank, Brian W.; Jones, Dyan; Ryan, Qing X.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Physics Education Research Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>64 to 69</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the growing ubiquity of computation in STEM fields, understanding how to teach computational thinking (CT) practices has become an active research area in the last two decades, with particular emphasis on developing CT frameworks. In this paper, we apply one of these CT frameworks and compare the results with a task analysis to examine how CT practices relate to specific design features of an in-class problem. We have analyzed video data from two separate groups working on one computational class period, which utilizes a minimally working program to model magnetic field vectors. While still in the initial stages of the study, our preliminary results indicate that what is left out of the minimally working program will impact the CT practices students use, particularly around building computational models. Ultimately, we hope this work will help instructors to design activities that can target &amp; build specific CT practices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1741575</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>