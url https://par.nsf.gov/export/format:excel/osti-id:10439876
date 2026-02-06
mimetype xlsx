--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10439876</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Beyond the Imitation Game: Quantifying and extrapolating the capabilities of language models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Srivastava, Aarohi; Rastogi, Abhinav; Rao, Abhishek; Shoeb, Abu Awal; Abid, Abubakar; Fisch, Adam; Brown, Adam R.; Santoro, Adam; Gupta, Aditya; Garriga-Alonso, Adri{\\`a}; Kluska, Agnieszka; Lewkowycz, Aitor; Agarwal, Akshat; Power, Alethea; Ray, Alex; Warstadt, Alex; Kocurek, Alexander W.; Safaya, Ali; Tazarv, Ali; Xiang, Alice; Parrish, Alicia; Nie, Allen; Hussain, Aman; Askell, Amanda; Dsouza, Amanda; Slone, Ambrose; Rahane, Ameet; Iyer, Anantharaman S.; Andreassen, Anders Johan; Madotto, Andrea; Santilli, Andrea; M{\\\u}ller, Andreas Stuhl; Dai, Andrew M.; La, Andrew; Lampinen, Andrew; Zou, Andy; Jiang, Angela; Chen, Angelica; Vuong, Anh; Gupta, Animesh; Gottardi, Anna; Norelli, Antonio; Venkatesh, Anu; Gholamidavoodi, Arash; Tabassum, Arfa; Menezes, Arul; Kirubarajan, Arun; Mullokandov, Asher; Sabharwal, Ashish; Herrick, Austin; Efrat, Avia; Erdem, Aykut; Karaka{\\c{s}}, Ayla; Roberts, B. Ryan; Loe, Bao Sheng; Zoph, Barret; Bojanowski, Bart{\\l}omiej; {\\\O}zyurt, Batuhan; Hedayatnia, Behnam; Neyshabur, Behnam; Inden, Benjamin; Stein, Benno; Ekmekci, Berk; Lin, Bill Yuchen; Howald, Blake; Orinion, Bryan; Diao, Cameron; Dour, Cameron; Stinson, Catherine; Argueta, Cedrick; Ferri, Cesar; Singh, Chandan; Rathkopf, Charles; Meng, Chenlin; Baral, Chitta; Wu, Chiyu; Callison-Burch, Chris; Waites, Christopher; Voigt, Christian; Manning, Christopher D.; Potts, Christopher; Ramirez, Cindy; Rivera, Clara E.; Siro, Clemencia; Raffel, Colin; Ashcraft, Courtney; Garbacea, Cristina; Sileo, Damien; Garrette, Dan; Hendrycks, Dan; Kilman, Dan; Roth, Dan; Freeman, C. Daniel; Khashabi, Daniel; Levy, Daniel; Gonz{\\'a}lez, Daniel Mosegu{\\'\\i}; Perszyk, Danielle; Hernandez, Danny; Chen, Danqi; Ippolito, Daphne; Gilboa, Dar; Dohan, David; Drakard, David; Jurgens, David; Datta, Debajyoti; Ganguli, Deep; Emelin, Denis; Kleyko, Denis; Yuret, Deniz; Chen, Derek; Tam, Derek; Hupkes, Dieuwke; Misra, Diganta; Buzan, Dilyar; Mollo, Dimitri Coelho; Yang, Diyi; Lee, Dong-Ho; Schrader, Dylan; Shutova, Ekaterina; Cubuk, Ekin Dogus; Segal, Elad; Hagerman, Eleanor; Barnes, Elizabeth; Donoway, Elizabeth; Pavlick, Ellie; Rodol{\\`a}, Emanuele; Lam, Emma; Chu, Eric; Tang, Eric; Erdem, Erkut; Chang, Ernie; Chi, Ethan A; Dyer, Ethan; Jerzak, Ethan; Kim, Ethan; Manyasi, Eunice Engefu; Zheltonozhskii, Evgenii; Xia, Fanyue; Siar, Fatemeh; Mart{\\'\\i}nez-Plumed, Fernando; Happ{\\'e}, Francesca; Chollet, Francois; Rong, Frieda; Mishra, Gaurav; Winata, Genta Indra; Melo, Gerard de; Germ{\\'a}n Kruszewski; Parascandolo, Giambattista; Mariani, Giorgio; Wang, Gloria Xinyue; Jaimovitch-Lopez, Gonzalo; Betz, Gregor; Gur-Ari, Guy; Galijasevic, Hana; Kim, Hannah; Rashkin, Hannah; Hajishirzi, Hannaneh; Mehta, Harsh; Bogar, Hayden; Shevlin, Henry Francis; Schuetze, Hinrich; Yakura, Hiromu; Zhang, Hongming; Wong, Hugh Mee; Ng, Ian; Noble, Isaac; Jumelet, Jaap; Geissinger, Jack; Kernion, Jackson; Hilton, Jacob; Lee, Jaehoon; Jaime Fern{\\'a}ndez Fisac; Simon, James B; Koppel, James; Zheng, James; Zou, James; Kocon, Jan; Thompson, Jana; Wingfield, Janelle; Kaplan, Jared; Radom, Jarema; Sohl-Dickstein, Jascha; Phang, Jason; Wei, Jason; Yosinski, Jason; Novikova, Jekaterina; Bosscher, Jelle; Marsh, Jennifer; Kim, Jeremy; Taal, Jeroen; Engel, Jesse; Alabi, Jesujoba; Xu, Jiacheng; Song, Jiaming; Tang, Jillian; Waweru, Joan; Burden, John; Miller, John; John U. Balis; Batchelder, Jonathan; Berant, Jonathan; Frohberg, J{\\\o}rg; Rozen, Jos; Hernandez-Orallo, Jose; Boudeman, Joseph; Guerr, Joseph; Jones, Joseph; Tenenbaum, Joshua B.; Rule, Joshua S.; Chua, Joyce; Kanclerz, Kamil; Livescu, Karen; Krauth, Karl; Gopalakrishnan, Karthik; Ignatyeva, Katerina; Markert, Katja; Dhole, Kaustubh; Gimpel, Kevin; Omondi, Kevin; Mathewson, Kory Wallace; Chiafullo, Kristen; Shkaruta, Ksenia; Shridhar, Kumar; McDonell, Kyle; Richardson, Kyle; Reynolds, Laria; Gao, Leo; Zhang, Li; Dugan, Liam; Qin, Lianhui; Contreras-Ochando, Lidia; Morency, Louis-Philippe; Moschella, Luca; Lam, Lucas; Noble, Lucy; Schmidt, Ludwig; He, Luheng; Oliveros-Col{\\'o}n. Luis; Metz, Luke; Senel, L{\\\u}tfi Kerem; Bosma, Maarten; Sap, Maarten; Hoeve, Maartje Ter; Farooqi, Maheen; Faruqui, Manaal; Mazeika, Mantas; Baturan, Marco; Marelli, Marco; Maru, Marco; Ramirez-Quintana, Maria Jose; Tolkiehn, Marie; Giulianelli, Mario; Lewis, Martha; Potthast, Martin; Leavitt, Matthew L; Hagen, Matthias; Schubert, M{\\'a}ty{\\'a}s; Baitemirova, Medina Orduna; Arnaud, Melody; McElrath, Melvin; Yee, Michael Andrew; Cohen, Michael; Gu, Michael; Ivanitskiy, Michael; Starritt, Michael; Strube, Michael; Sw{\\k{e}}drowski, Micha{\\l}; Bevilacqua, Michele; Yasunaga, Michihiro; Kale, Mihir; Cain, Mike; Xu, Mimee; Suzgun, Mirac; Walker, Mitch; Tiwari, Mo; Bansal, Mohit; Aminnaseri, Moin; Geva, Mor; Gheini, Mozhdeh; T, Mukund Varma; Peng, Nanyun; Chi, Nathan Andrew; Lee, Nayeon; Krakover, Neta Gur-Ari; Cameron, Nicholas; Roberts, Nicholas; Doiron, Nick; Martinez, Nicole; Nangia, Nikita; Deckers, Niklas; Muennighoff, Niklas; Keskar, Nitish Shirish; Niveditha S. Iyer; Constant, Noah; Fiedel, Noah; Wen, Nuan; Zhang, Oliver; Agha, Omar; Elbaghdadi, Omar; Levy, Omer; Evans, Owain; Casares, Pablo Antonio; Doshi, Parth; Fung, Pascale; Liang, Paul Pu; Vicol, Paul; Alipoormolabashi, Pegah; Liao, Peiyuan; Liang, Percy; Chang, Peter W; Eckersley, Peter; Htut, Phu Mon; Hwang, Pinyu; Mi{\\l}kowski, Piotr; Patil, Piyush; Pezeshkpour, Pouya; Oli, Priti; Mei, Qiaozhu; Lyu, Qing; Chen, Qinlang; Banjade, Rabin; Rudolph, Rachel Etta; Gabriel, Raefer; Habacker, Rahel; Risco, Ramon; Rapha{\\\e}l Milli{\\`e}re; Garg, Rhythm; Barnes, Richard; Rif A. Saurous; Arakawa, Riku; Raymaekers, Robbe; Frank, Robert; Sikand, Rohan; Novak, Roman; Sitelew, Roman; Bras, Ronan Le; Liu, Rosanne; Jacobs, Rowan; Zhang, Rui; Salakhutdinov, Russ; Chi, Ryan Andrew; Lee, Seungjae Ryan; Stovall, Ryan; Teehan, Ryan; Yang, Rylan; Singh, Sahib; Saif M. Mohammad; Anand, Sajant; Dillavou, Sam; Shleifer, Sam; Wiseman, Sam; Gruetter, Samuel; Samuel R. Bowman; Schoenholz, Samuel Stern; Han, Sanghyun; Kwatra, Sanjeev; Rous, Sarah A.; Ghazarian, Sarik; Ghosh, Sayan; Casey, Sean; Bischoff, Sebastian; Gehrmann, Sebastian; Schuster, Sebastian; Sadeghi, Sepideh; Hamdan, Shadi; Zhou, Sharon; Srivastava, Shashank; Shi, Sherry; Singh, Shikhar; Asaadi, Shima; Gu, Shixiang Shane; Pachchigar, Shubh; Toshniwal, Shubham; Upadhyay, Shyam; Debnath, Shyamolima Shammie; Shakeri, Siamak; Thormeyer, Simon; Melzi, Simone; Reddy, Siva; Makini, Sneha Priscilla; Lee, Soo-Hwan; Torene, Spencer; Hatwar, Sriharsha; Dehaene, Stanislas; Divic, Stefan; Ermon, Stefano; Biderman, Stella; Lin, Stephanie; Prasad, Stephen; Piantadosi, Steven; Shieber, Stuart; Misherghi, Summer; Kiritchenko, Svetlana; Mishra, Swaroop; Linzen, Tal; Schuster, Tal; Li, Tao; Yu, Tao; Ali, Tariq; Hashimoto, Tatsunori; Wu, Te-Lin; Desbordes, Th{\\'e}o; Rothschild, Theodore; Phan, Thomas; Wang, Tianle; Nkinyili, Tiberius; Schick, Timo; Kornev, Timofei; Tunduny, Titus; Gerstenberg, Tobias; Chang, Trenton; Neeraj, Trishala; Khot, Tushar; Shultz, Tyler; Shaham, Uri; Misra, Vedant; Demberg, Vera; Nyamai, Victoria; Raunak, Vikas; Ramasesh, Vinay Venkatesh; prabhu, vinay uday; Padmakumar, Vishakh; Srikumar, Vivek; Fedus, William; Saunders, William; Zhang, William; Vossen, Wout; Ren, Xiang; Tong, Xiaoyu; Zhao, Xinran; Wu, Xinyi; Shen, Xudong; Yaghoobzadeh, Yadollah; Lakretz, Yair; Song, Yangqiu; Bahri, Yasaman; Choi, Yejin; Yang, Yichi; Hao, Yiding; Chen, Yifu; Belinkov, Yonatan; Hou, Yu; Hou, Yufang; Bai, Yuntao; Seid, Zachary; Zhao, Zhuoye; Wang, Zijian; Wang, Zijie J.; Wang, Zirui; Ziyi Wu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transactions on machine learning research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2835-8856</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1919321</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>