--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,57 +110,60 @@
   <si>
     <t>10440144</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Sharp analysis of EM for learning mixtures of pairwise differences</t>
   </si>
   <si>
     <t>Dhawan, Abhishek; Mao, Cheng; Pananjady, Ashwin</t>
   </si>
   <si>
     <t>2023-07-01T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of Thirty Sixth Conference on Learning Theory</t>
   </si>
   <si>
     <t>We consider a symmetric mixture of linear regressions with random samples from the pairwise comparison design, which can be seen as a noisy version of a type of Euclidean distance geometry problem. We analyze the expectation-maximization (EM) algorithm locally around the ground truth and establish that the sequence converges linearly, providing an $\ell_\infty$-norm guarantee on the estimation error of the iterates. Furthermore, we show that the limit of the EM sequence achieves the sharp rate of estimation in the $\ell_2$-norm, matching the information-theoretically optimal constant. We also argue through simulation that convergence from a random initialization is much more delicate in this setting, and does not appear to occur in general. Our results show that the EM algorithm can exhibit several unique behaviors when the covariate distribution is suitably structured.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2107455; 2210734</t>
+    <t>2107455; 2210734; 2053333</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>PMLR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -311,47 +314,49 @@
       <c r="N2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>