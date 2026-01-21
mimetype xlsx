--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10602207</t>
-[...8 lines deleted...]
-    <t>Yuan, Yongwei [Purdue University, USA] (ORCID:0000000226192288); Radhakrishna, Arjun [Microsoft, USA] (ORCID:0000000255595932); Samanta, Roopsha [Purdue University, USA] (ORCID:000900002456217X)</t>
+    <t>10440384</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1063/5.0107678</t>
+  </si>
+  <si>
+    <t>Interaction of molecular nitrogen with vanadium oxide in the absence and presence of water vapor at room temperature: Near-ambient pressure XPS</t>
+  </si>
+  <si>
+    <t>Balogun, K.; Chukwunenye, P. (ORCID:0000000203238167); Anwar, F.; Ganesan, A.; Adesope, Q.; Willadsen, D.; Nemšák, S. (ORCID:0000000261032925); Cundari, T. R.; Bagus, P. S. (ORCID:0000000349315217); D’Souza, F.; Kelber, J. A. (ORCID:0000000232599068)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-06-06T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;p&gt;We propose a novel trace-guided approach to tackle the challenges of ambiguity and generalization in synthesis of recursive functional programs from input-output examples. Our approach augments the search space of programs with recursion traces consisting of recursive subcalls of the programs. Our method is based on a new version space algebra (VSA) for succinct representation and efficient manipulation of pairs of recursion traces and programs that are consistent with each other. We have implemented this approach in a tool called SyRup and evaluated it on benchmarks from prior work. Our evaluation demonstrates that SyRup not only requires fewer examples to achieve a certain success rate than existing synthesizers, but is also less sensitive to the quality of the examples.&lt;/p&gt;</t>
+    <t>2022-09-12T04:00:00Z</t>
+  </si>
+  <si>
+    <t>The Journal of Chemical Physics</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>0021-9606</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Interactions of N2 at oxide surfaces are important for understanding electrocatalytic nitrogen reduction reaction (NRR) mechanisms. Interactions of N2 at the polycrystalline vanadium oxide/vapor interface were monitored at room temperature and total pressures up to 10−1 Torr using Near-Ambient Pressure X-ray Photoelectron Spectroscopy (NAP-XPS). The oxide film was predominantly V(IV), with V(III) and V(V) components. XPS spectra were acquired in environments of both pure N2 and equal pressures of N2 and H2O vapor. In pure N2, broad, partially resolved N1s features were observed at binding energies of 401.0 and 398.7 eV, with a relative intensity of ∼3:1, respectively. These features remained upon subsequent pumpdown to 10−9 Torr. The observed maximum N surface coverage was ∼1.5 × 1013 cm−2—a fraction of a monolayer. In the presence of equal pressures of H2O, the adsorbed N intensity at 10−1 Torr is ∼25% of that observed in the absence of H2O. The formation of molecularly adsorbed H2O was also observed. Density functional theory-based calculations suggest favorable absorption energies for N2 bonding to both V(IV) and V(III) cation sites but less so for V(V) sites. Hartree–Fock-based cluster calculations for N2–V end-on adsorption show that experimental XPS doublet features are consistent with the calculated shake-up and normal, final ionic configurations for N2 end-on bonding to V(III) sites but not V(IV) sites. The XPS spectra of vanadium oxide transferred in situ between electrochemical and UHV environments indicate that the oxide surfaces studied here are stable upon exposure to the electrolyte under NRR-relevant conditions.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1846327</t>
-[...5 lines deleted...]
-    <t>p. 860-883</t>
+    <t>1757946</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Association for Computing Machinery (ACM)</t>
+    <t>American Institute of Physics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -326,58 +323,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>