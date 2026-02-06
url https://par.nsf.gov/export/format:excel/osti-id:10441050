--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10441050</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fortitude in frustration, failure: Exploring emotional responses within an at-home elementary engineering program</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Knox, P.; Simpson, A.; Maltese, A. V.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Society for Engineering Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Research on social, emotional, and academic development of children often notes the critical role of parents. Yet, how parents perceive and engage with children’s reactions to difficulty and
+perceived failure, to then shape their perspective and engagement with learning remains under investigated. The current study explored children and parents’ perceptions of and reactions to frustration and failure within an out-of-school, home-based engineering program. Specifically, we asked 1) How was failure perceived by participating families? and 2) What was the subsequent action/reaction to that failure? Data were derived from post-program interviews with children and parents who participated in a home-based, elementary engineering program
+involving take-home kits and self-identified engineering projects. Findings derived from
+descriptive qualitative methods and thematic analysis illustrated development of parent thinking around failure and frustration, both within themselves and their reactions to seeing such emotions in their children. Analysis further revealed how such emotions emerge within their children and impact their experiences. These findings shed light on ways child-parent engagement and the tactics employed by parents may influence a child’s perseverance and willingness to work through difficulty. This research represents an entry point for investigating how parents perceive and react to failures and challenges, and how these reactions shape their communication around failure with their children. Such parental reactions and communication may shape children’s mindset development, perspectives, and engagement. Implications for family engagement and influence on children’s learning through academic emotions in STEM and engineering are discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1759314</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>