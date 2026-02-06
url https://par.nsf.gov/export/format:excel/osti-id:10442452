--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10442452</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2619434</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Status update for MAPS, the MMT AO exoPlanet characterization System</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Montoya, Manny; Morzinski, Katie M.; Durney, Olivier; Gardner, Andrew K.; Mailhot, Emily A.; Vargas, Diana; Vaz, Amali; West, Grant; Patience, Jenny; Jannuzi, Buell T.; Anugu, Narsireddy; Carlson, Jared; Chapman, Kim; Chen, Shaojie; Fellows, Chuck; Harrison, Lori; Jones, Terry; Kulesa, Craig; Lamb, Masen; Liu, Siqi; McCarthy, Don W.; Sivanandam, Suresh; Taylor, Jacob</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Schmidt, Dirk; Schreiber, Laura; Vernet, Elise</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the SPIE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12185</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>121856S</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>257</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The MMT Adaptive optics exoPlanet characterization System (MAPS) is an exoplanet characterization program that encompasses instrument development, observational science, and education. The instrument we are developing for the 6.5m MMT observatory is multi-faceted, including a refurbished 336-actuator adaptive secondary mirror (ASM); two pyramid wavefront sensors (PyWFS's); a 1-kHz adaptive optics (AO) control loop; a high-resolution and long-wavelength upgrade to the Arizona infraRed Imager and Echelle Spectrograph (ARIES); and a new-AO-optimized upgrade to the MMT-sensitive polarimeter (MMT-Pol). With the completed MAPS instrument, we will execute a 60-night science program to characterize the atmospheric composition and dynamics of ~50-100 planets around other stars. The project is approaching first light, anticipated for Summer/Fall of 2022. With the electrical and optical tests complete and passing the review milestone for the ASM's development, it is currently being tuned. The PyWFS's are being built and integrated in their respective labs: the visible-light PyWFS at the University of Arizona (UA), and the infrared PyWFS at the University of Toronto (UT). The top-level AO control software is being developed at UA, with an on-sky calibration algorithm being developed at UT. ARIES development continues at UA, and MMT-Pol development is at the University of Minnesota. The science and education programs are in planning and preparation. We will present the design and development of the entire MAPS instrument and project, including an overview of lab results and next steps.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836008</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>