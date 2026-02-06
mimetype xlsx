--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10442523</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/COMPSAC57700.2023.00284</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Security Risk and Attacks in AI: A Survey of Security and Privacy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rahman, Md Mostafizur; Siddika Arshi, Aiasha; Hasan, Md Mehedi; Farzana Mishu, Sumayia; Shahriar, Hossain; Wu, Fan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2023 IEEE 47th Annual Computers, Software, and Applications Conference (COMPSAC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1834 to 1839</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This survey paper provides an overview of the current state of Artificial Intelligence (AI) attacks and risks for AI security and privacy as artificial intelligence becomes more prevalent in various applications and services. The risks associated with AI attacks and security breaches are becoming increasingly apparent and cause many financial and social losses. This paper will categorize the different types of attacks on AI models, including adversarial attacks, model inversion attacks, poisoning attacks, data poisoning attacks, data extraction attacks, and membership inference attacks. The paper also emphasizes the importance of developing secure and robust AI models to ensure the privacy and security of sensitive data. Through a systematic literature review, this survey paper comprehensively analyzes the current state of AI attacks and risks for AI security and privacy and detection techniques.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100134; 2209637; 1663350</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>