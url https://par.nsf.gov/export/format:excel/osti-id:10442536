--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-08-17T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Broad absorption line quasars are actively accreting supermassive black holes that have strong outflows characterized by broad absorption lines in their rest-UV spectra. Variability in these absorption lines occurs over months to years depending on the source. WPVS 007, a low-redshift, low-luminosity narrow-line Seyfert 1 (NLS1) shows strong variability over shorter timescales, providing a unique opportunity to study the driving mechanism behind this variability that may mimic longer-scale variability in much more massive quasars. We present the first variability study using the spectral synthesis code&lt;italic&gt;SimBAL&lt;/italic&gt;, which provides velocity-resolved changes in physical conditions of the gas using constraints from multiple absorption lines. Overall, we find WPVS 007 to have a highly ionized outflow with a large mass-loss rate and kinetic luminosity. We determine the primary cause of the absorption-line variability in WPVS 007 to be a change in covering fraction of the continuum by the outflow. This study is the first&lt;italic&gt;SimBAL&lt;/italic&gt;analysis where multiple epochs of observation were fit simultaneously, demonstrating the ability of&lt;italic&gt;SimBAL&lt;/italic&gt;to use the time domain as an additional constraint in spectral models.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2007023</t>
+    <t>2007023; 2006771</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Article No. 186</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>