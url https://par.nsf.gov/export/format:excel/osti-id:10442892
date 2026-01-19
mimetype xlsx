--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10442892</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.17631</t>
   </si>
   <si>
     <t>Literature mining for alternative cementitious precursors and dissolution rate modeling of glassy phases</t>
   </si>
   <si>
-    <t>Uvegi, Hugo [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000228466078); Jensen, Zach [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000176355711); Hoang, Trong Nghia [MIT‐IBM Watson AI Lab IBM Research Cambridge MA USA] (ORCID:0000000291756246); Traynor, Brian [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000321933902); Aytaş, Tunahan [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000189883820); Goodwin, Richard T. [IBM T. J. Watson Research Center Hawthorne NY USA] (ORCID:000000015369020X); Olivetti, Elsa A. [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000280432385)</t>
+    <t>Uvegi, Hugo [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000228466078); Jensen, Zach [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000176355711); Hoang, Trong_Nghia [MIT‐IBM Watson AI Lab IBM Research Cambridge MA USA] (ORCID:0000000291756246); Traynor, Brian [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000321933902); Aytaş, Tunahan [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000189883820); Goodwin, Richard_T [IBM T. J. Watson Research Center Hawthorne NY USA] (ORCID:000000015369020X); Olivetti, Elsa_A [Department of Materials Science and Engineering MIT Cambridge MA USA] (ORCID:0000000280432385)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-02-12T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>7</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 3042-3057</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Efforts to reduce the carbon footprint associated with cement and concrete production have resulted in a number of promising lower‐emission alternatives. Still, research has emphasized a small subset of potentially useful precursor materials. With the goal of expanding the precursor pool, this work presents results of parallel literature mining and rate modeling activities. As a result of literature mining, materials with appropriate SiO&lt;sub&gt;2&lt;/sub&gt;, Al&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;3&lt;/sub&gt;, and CaO concentrations were assembled into a comprehensive, representative ternary diagram. 23 000+ materials were extracted from 7000 journal articles, and 7500 materials from 6000 articles with 80 ≤ SiO&lt;sub&gt;2&lt;/sub&gt; + Al&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;3&lt;/sub&gt; + CaO ≤105 wt% automatically classified. Both supervised and semi‐supervised models were used for dissolution rate prediction of glassy materials with all models pulling from a single data set (n = 802 reported dissolution rates from 105 different glasses). Supervised modeling utilized linear and decision tree regressions to determine features most predictive of dissolution rate, resulting in log‐linear relationships between rate and pH, inverse temperature (1/&lt;italic&gt;K&lt;/italic&gt;), and non‐bridging oxygen per tetrahedron (NBO/T). Semi‐supervised modeling was observed to be more robust to broader feature inclusion, providing similar predictive ability with a relatively larger set of descriptive features. Most importantly, results indicated that models trained on data from disparate scientific communities were adequately predictive (RMSE ≈ 1), particularly under pH ≥7 conditions relevant to the cement and alkali activation communities.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1922311</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 3042-3057</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>