--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10442938</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12558</t>
   </si>
   <si>
     <t>Investment in visual system predicted by floral associations in sap beetles (Coleoptera: Nitidulidae)</t>
   </si>
   <si>
-    <t>Powell, Gareth S. [Department of Biology Brigham Young University  Provo Utah USA]; Bybee, Seth M. [Department of Biology Brigham Young University  Provo Utah USA, Monte L. Bean Museum Brigham Young University  Provo Utah USA]</t>
+    <t>Powell, Gareth_S [Department of Biology Brigham Young University  Provo Utah USA]; Bybee, Seth_M [Department of Biology Brigham Young University  Provo Utah USA, Monte L. Bean Museum Brigham Young University  Provo Utah USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-06-26T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 1-9</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Patterns in morphological variation are a central theme of evolution. Uncovering links between morphological character evolution and natural history, specifically feeding behaviour, is important to understanding biological diversity. Species within the sap beetles (Nitidulidae) exhibit a tremendous diversity of feeding behaviours. This immense diversity of feeding can be seen both between major lineages and very closely related taxa. Feeding behaviour diversity may drive morphological variation in several character systems (e.g., eyes). For example, in a shift from feeding on rotting fruit to flower‐visiting (anthophily), selective pressures on the visual system may vary and ultimately lead to differences in eye morphology. We tested for potential morphological shifts in relative eye size among adult beetles. We specifically tested for significant relationships between relative eye size and the following factors flower‐visiting and sex. We also tested for the influence of phylogeny on the evolution of relative eye size, implementing tests of trait correlation across a topology. We found greater relative eye size in taxa exhibiting anthophilous behaviour, regardless of phylogenetic relatedness or feeding behaviour of sister taxa. We were unable to recover a relationship between relative eye size and sex. Thus, feeding behaviour is currently the strongest predictor of eye size in sap beetles.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1655981</t>
   </si>
   <si>
     <t>2022</t>
+  </si>
+  <si>
+    <t>p. 1-9</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>