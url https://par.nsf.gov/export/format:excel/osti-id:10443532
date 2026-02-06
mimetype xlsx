--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10443532</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Advancing Opportunities for CS Teachers: How to Best Support Professional Development for Experienced Teachers in K-12 CS Education.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kafai, Y.B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 53rd ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>V2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1031–1032</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In K-12 education, nearly all efforts focused on expanding computer science education center on the induction of new computer science teachers, with very little attention given to support the ongoing needs of experienced computer science teachers. This panel discussed the needs of experienced CS teachers from a variety of perspectives, including teacher education researchers, professional development leaders, and high school practitioners and teacher facilitators. The panel collectively outlined a research and practice agenda that focuses on supporting, retaining, and further developing experienced teachers through expanded professional development, leadership opportunities, and community for CS teachers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031244</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>