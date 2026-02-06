--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10443565</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“These two worlds are antithetical": Epistemic tensions in integrating computational thinking in K12 humanities and arts.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>​​Santo, R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of International Society of the Learning Sciences.</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While advocates for interdisciplinary learning have voiced risks of separating out disciplinary learning into discrete silos, studies of contact between heterogeneous disciplinary perspectives in both pedagogical and real world professional settings point to other risks that educators may need to consider. As such, designing for interdisciplinary learning does not simply require addressing functional problems such as teacher professional learning and time in the school day, but rather implicates complex epistemological navigations that must be taken into account. This manuscript explores potential epistemic tensions between Computational Thinking (CT) and humanities and arts disciplines based on a Delphi study with experts from three humanities disciplines—language arts, social studies, and arts. We analyzed how experts talked about epistemic tensions between CT and their disciplines and how they saw possible resolutions for those tensions. Our analysis found 5 epistemic tensions: contextual reductionism, procedural reductionism, epistemic chauvinism, threats to epistemic identities, and epistemic convergence.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1933933</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>