--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10443885</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.19382</t>
   </si>
   <si>
     <t>Polarity effects on wake‐up behavior of Al &lt;sub&gt;0.94&lt;/sub&gt; B &lt;sub&gt;0.06&lt;/sub&gt; N ferroelectrics</t>
   </si>
   <si>
-    <t>Yazawa, Keisuke [Materials Science Center National Renewable Energy Laboratory  Golden Colorado USA, Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA] (ORCID:0000000253041696); Drury, Daniel [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA, U.S. Army Combat Capabilities Development Command—Army Research Laboratory  Adelphi Maryland USA]; Hayden, John [Department of Materials Science and Engineering and the Materials Research Institute The Pennsylvania State University  University Park Pennsylvania USA]; Maria, Jon‐Paul [Department of Materials Science and Engineering and the Materials Research Institute The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0000000336044761); Trolier‐McKinstry, Susan [Department of Materials Science and Engineering and the Materials Research Institute The Pennsylvania State University  University Park Pennsylvania USA]; Zakutayev, Andriy [Materials Science Center National Renewable Energy Laboratory  Golden Colorado USA]; Brennecka, Geoff L. [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA]</t>
+    <t>Yazawa, Keisuke [Materials Science Center National Renewable Energy Laboratory  Golden Colorado USA, Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA] (ORCID:0000000253041696); Drury, Daniel [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA, U.S. Army Combat Capabilities Development Command—Army Research Laboratory  Adelphi Maryland USA]; Hayden, John [Department of Materials Science and Engineering and the Materials Research Institute The Pennsylvania State University  University Park Pennsylvania USA]; Maria, Jon‐Paul [Department of Materials Science and Engineering and the Materials Research Institute The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0000000336044761); Trolier‐McKinstry, Susan [Department of Materials Science and Engineering and the Materials Research Institute The Pennsylvania State University  University Park Pennsylvania USA]; Zakutayev, Andriy [Materials Science Center National Renewable Energy Laboratory  Golden Colorado USA]; Brennecka, Geoff_L [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-08-17T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Wurtzite ferroelectric materials are promising candidates for energy‐efficient memory technologies, particularly for applications requiring high operating temperatures. Asymmetric wake‐up behaviors, in which the polarization reversal depends both on polarity and cycle number for the first few dozen cycles, must be better understood for reliable device operation. Here, the detailed analysis of the asymmetric wake‐up behavior of thin film Al&lt;sub&gt;0.94&lt;/sub&gt;B&lt;sub&gt;0.06&lt;/sub&gt;N was performed combining time‐resolved switching measurements with Rayleigh analysis, piezoelectric measurements, and etching experiments of progressively switched samples. The analysis shows that the gradual opening of the polarization hysteresis loops associated with wake‐up is driven by a gradual increase in the domain‐wall density and/or domain‐wall mobility with electric field cycle to the polarity opposite to the growth polarity. The insights of this discovery will help to guide interface and polarity design in the eventual deployment of reliable devices based on these materials.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>