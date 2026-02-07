--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10444149</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Shared electric scooters and electric bikes can reduce traffic in urban centres</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Asensio, Omar Isaac</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Dean, Nicky</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-09T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nature energy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1013-1014</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2058-7546</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Evidence from a policy experiment shows that public safety bans on electric scooters and electric bikes can generate unintended traffic congestion in city centres. The studied ban is found to increase travel times by 9–11% for daily evening commutes and by 37% following stadium events.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1945332; 2125390</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>