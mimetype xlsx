--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10444169</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3579990.3580011</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Program State Element Characterization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Deiana, Enrico Armenio; Suchy, Brian; Wilkins, Michael; Homerding, Brian; McMichen, Tommy; Dunajewski, Katarzyna; Dinda, Peter; Hardavellas, Nikos; Campanoni, Simone</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Symposium on Code Generation and Optimization</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>199 to 211</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Modern programming languages offer abstractions that simplify software development and allow hardware to reach its full potential. These abstractions range from the well-established OpenMP language extensions to newer C++ features like smart pointers. To properly use these abstractions in an existing codebase, programmers must determine how a given source code region interacts with Program State Elements (PSEs) (i.e., the program's variables and memory locations). We call this process Program State Element Characterization (PSEC). Without tool support for PSEC, a programmer's only option is to manually study the entire codebase. We propose a profile-based approach that automates PSEC and provides abstraction recommendations to programmers. Because a profile-based approach incurs an impractical overhead, we introduce the Compiler and Runtime Memory Observation Tool (CARMOT), a PSEC-specific compiler co-designed with a parallel runtime. CARMOT reduces the overhead of PSEC by two orders of magnitude, making PSEC practical. We show that CARMOT's recommendations achieve the same speedup as hand-tuned OpenMP directives and avoid memory leaks with C++ smart pointers. From this, we argue that PSEC tools, such as CARMOT, can provide support for the rich ecosystem of modern programming language abstractions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107042; 2119069; 2118708; 1908488; 2028851</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>