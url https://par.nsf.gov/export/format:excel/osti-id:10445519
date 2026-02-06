--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10445519</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Knowledge Tracing Over Time: A Longitudinal Analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lee, Morgan; Croteau, Ethan; Gurung, Ashish; Botelho, Anthony; Heffernan, Neil</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 16th International Conference on Educational Data Mining</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>296-301</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The use of Bayesian Knowledge Tracing (BKT) models in predicting student learning and mastery, especially in mathematics, is a well-established and proven approach in learning analytics. In this work, we report on our analysis examining the generalizability of BKT models across academic years attributed to "detector rot." We compare the generalizability of Knowledge Training (KT) models by comparing model performance in predicting student knowledge within the academic year and across academic years. Models were trained on data from two popular open-source curricula available through Open Educational Resources. We observed that the models generally were highly performant in predicting student learning within an academic year, whereas certain academic years were more generalizable than other academic years. We posit that the Knowledge Tracing models are relatively stable in terms of performance across academic years yet can still be susceptible to systemic changes and underlying learner behavior. As indicated by the evidence in this paper, we posit that learning platforms leveraging KT models need to be mindful of systemic changes or drastic changes in certain user demographics.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1931419</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>