--- v0 (2026-01-20)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10445955</t>
-[...8 lines deleted...]
-    <t>Lawson, Lauren A. [Department of Biology University of Mississippi  University Mississippi U.S.A.]; Atkinson, Carla L. [Department of Biological Sciences University of Alabama  Tuscaloosa Alabama U.S.A.]; Jackson, Colin R. [Department of Biology University of Mississippi  University Mississippi U.S.A.] (ORCID:0000000255687132)</t>
+    <t>10329273</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.5194/essd-14-95-2022</t>
+  </si>
+  <si>
+    <t>Multi-year, spatially extensive, watershed-scale synoptic stream chemistry and water quality conditions for six permafrost-underlain Arctic watersheds</t>
+  </si>
+  <si>
+    <t>Shogren, Arial J.; Zarnetske, Jay P.; Abbott, Benjamin W.; Bratsman, Samuel; Brown, Brian; Carey, Michael P.; Fulweber, Randy; Greaves, Heather E.; Haines, Emma; Iannucci, Frances; Koch, Joshua C.; Medvedeff, Alexander; O'Donnell, Jonathan A.; Patch, Leika; Poulin, Brett A.; Williamson, Tanner J.; Bowden, William B.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-03-28T04:00:00Z</t>
-[...18 lines deleted...]
- &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Freshwater mussels are important for nutrient cycling and ecosystem health as they filter feed on their surrounding water. This filter feeding makes these bivalves especially sensitive to conditions in their environment. Gut microbial communities (microbiomes) have been recognised as important to both host organism and ecosystem health; however, how freshwater mussel microbiomes are organised and influenced is unclear.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;In this study, the gut bacterial microbiome of Threeridge mussel,&lt;italic&gt;Amblema plicata&lt;/italic&gt;, was compared across two river basins, five rivers, and nine local sites in the south‐eastern U.S.A. Mussel gut tissue was dissected, DNA extracted, and the microbiome characterised by high throughput sequencing of the V4 region of the 16S ribosomal RNA gene.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Planctomycetes, Firmicutes, and Cyanobacteria were the most common bacterial phyla within the guts of all sampled&lt;italic&gt;A&lt;/italic&gt;.&lt;italic&gt;plicata&lt;/italic&gt;. However, the relative abundances of these major bacterial phyla differed between mussels sampled from different rivers and river basins, as did the relative abundance of specific bacterial operational taxonomic units (OTUs). Despite these differences, a core microbiome was identified across all mussels, with eight OTUs being consistent members of the&lt;italic&gt;A&lt;/italic&gt;.&lt;italic&gt;plicata&lt;/italic&gt;microbiome at all sites, the most abundant OTU identifying as a member of the family Planctomycetaceae. Geographic distance between sites was not correlated with similarity in the structure of the gut microbiome, which was more related to site physicochemistry.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Overall, these results suggest that while physicochemical conditions affect the composition of transient bacteria in the Threeridge mussel gut microbiome, the core microbiome is largely unaffected, and a portion of the&lt;italic&gt;A&lt;/italic&gt;.&lt;italic&gt;plicata&lt;/italic&gt;microbiome is retained regardless of the river system.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;How long transient bacteria remain in the gut, and to what extent these transient microbes aid in host function is still unknown. Core microbiota have been found to aid in multiple functions within animal hosts, and within freshwater mussels this core microbiome may aid in nutrient processing and cycling. Therefore, it is important to look at both transient and core microbes when studying the structure of freshwater invertebrate microbiomes.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+    <t>2022-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Earth System Science Data</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>95 to 116</t>
+  </si>
+  <si>
+    <t>1866-3516</t>
+  </si>
+  <si>
+    <t>Abstract. Repeated sampling of spatially distributed riverchemistry can be used to assess the location, scale, and persistence ofcarbon and nutrient contributions to watershed exports. Here, we provide acomprehensive set of water chemistry measurements and ecohydrologicalmetrics describing the biogeochemical conditions of permafrost-affectedArctic watersheds. These data were collected in watershed-wide synopticcampaigns in six stream networks across northern Alaska. Three watershedsare associated with the Arctic Long-Term Ecological Research site at ToolikField Station (TFS), which were sampled seasonally each June and August from2016 to 2018. Three watersheds were associated with the National ParkService (NPS) of Alaska and the U.S. Geological Survey (USGS) and weresampled annually from 2015 to 2019. Extensive water chemistrycharacterization included carbon species, dissolved nutrients, and majorions. The objective of the sampling designs and data acquisition was tocharacterize terrestrial–aquatic linkages and processing of material instream networks. The data allow estimation of novel ecohydrological metricsthat describe the dominant location, scale, and overall persistence ofecosystem processes in continuous permafrost. These metrics are (1)subcatchment leverage, (2) variance collapse, and (3) spatial persistence.Raw data are available at the National Park Service Integrated Resource Management Applications portal (O'Donnell et al., 2021, https://doi.org/10.5066/P9SBK2DZ) and within the Environmental Data Initiative (Abbott, 2021, https://doi.org/10.6073/pasta/258a44fb9055163dd4dd4371b9dce945).</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1831512; 1831531</t>
+    <t>1906381; 1916567; 1916565; 1846855</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -338,49 +334,47 @@
       <c r="N2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>