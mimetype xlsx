--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10446311</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12536</t>
   </si>
   <si>
     <t>Phylogenetics and host‐specificity of the mega‐diverse louse genus &lt;i&gt;Myrsidea&lt;/i&gt; (Amblycera: Menoponidae)</t>
   </si>
   <si>
-    <t>Kolencik, Stanislav [Department of Biology University of Nevada Reno  Reno Nevada USA]; Cacioppo, Joseph A. [Summit Veterinary Referral Service  Tacoma Washington USA]; Johnson, Kevin P. [Illinois Natural History Survey, Prairie Research Institute University of Illinois at Urbana Champaign  Champaign Illinois USA]; Allen, Julie M. [Department of Biology University of Nevada Reno  Reno Nevada USA]; Sychra, Oldrich [Department of Biology and Wildlife Diseases, Faculty of Veterinary Hygiene and Ecology University of Veterinary Sciences  Brno Czech Republic]; Weckstein, Jason D. [Department of Ornithology Academy of Natural Sciences of Drexel University  Philadelphia Pennsylvania USA, Department of Biodiversity, Earth, and Environmental Sciences Drexel University  Philadelphia Pennsylvania USA]</t>
+    <t>Kolencik, Stanislav [Department of Biology University of Nevada Reno  Reno Nevada USA]; Cacioppo, Joseph_A [Summit Veterinary Referral Service  Tacoma Washington USA]; Johnson, Kevin_P [Illinois Natural History Survey, Prairie Research Institute University of Illinois at Urbana Champaign  Champaign Illinois USA]; Allen, Julie_M [Department of Biology University of Nevada Reno  Reno Nevada USA]; Sychra, Oldrich [Department of Biology and Wildlife Diseases, Faculty of Veterinary Hygiene and Ecology University of Veterinary Sciences  Brno Czech Republic]; Weckstein, Jason_D [Department of Ornithology Academy of Natural Sciences of Drexel University  Philadelphia Pennsylvania USA, Department of Biodiversity, Earth, and Environmental Sciences Drexel University  Philadelphia Pennsylvania USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-01-19T05:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 390-401</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;&lt;italic&gt;Myrsidea&lt;/italic&gt;Waterston is the most diverse genus of chewing lice, primarily parasitizing perching birds (Passeriformes), which is the most speciose avian order.&lt;italic&gt;Myrsidea&lt;/italic&gt;also parasitize several hosts from non‐passerine groups, including toucans, barbets, woodpeckers (Piciformes) and hummingbirds (Apodiformes). To examine host specificity, host switching and generic limits, we reconstructed a phylogeny of the avian feather louse genus&lt;italic&gt;Myrsidea&lt;/italic&gt;using DNA sequence data from two fragments of the mitochondrial COI gene and a fragment of the nuclear EF‐1α gene for 152&lt;italic&gt;Myrsidea&lt;/italic&gt;specimens collected from 23 avian host families. Unlike other highly diverse louse genera, only a small proportion of&lt;italic&gt;Myrsidea&lt;/italic&gt;species parasitize more than one host species. We found that host family has significant phylogenetic signal on the&lt;italic&gt;Myrsidea&lt;/italic&gt;phylogeny. These results suggest that&lt;italic&gt;Myrsidea&lt;/italic&gt;is generally highly host‐specific, with some exceptions where host switching is important. We found that there are two separate groups of&lt;italic&gt;Myrsidea&lt;/italic&gt;that parasitize toucans, and that both are nested within&lt;italic&gt;Myrsidea&lt;/italic&gt;found on perching birds, suggesting that these toucan ectoparasites may have arisen from two independent host switching events. Lastly, representatives of the genus&lt;italic&gt;Ramphasticola&lt;/italic&gt;Carriker, which was originally described as a distinct genus due to a suite of morphologically unique characters, falls in with a strongly supported clade of&lt;italic&gt;Myrsidea&lt;/italic&gt;parasitizing&lt;italic&gt;Ramphastos&lt;/italic&gt;toucans, and therefore we definitively place&lt;italic&gt;Ramphasticola&lt;/italic&gt;as a synonym of&lt;italic&gt;Myrsidea&lt;/italic&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1855812; 1503804; 1925312</t>
   </si>
   <si>
     <t>2022</t>
+  </si>
+  <si>
+    <t>p. 390-401</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>