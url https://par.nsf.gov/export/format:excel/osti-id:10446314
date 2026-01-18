--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10123007</t>
-[...8 lines deleted...]
-    <t>Allen, Emily A; Taylor, Lee D; Swensen, John P</t>
+    <t>10446314</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/adma.202108252</t>
+  </si>
+  <si>
+    <t>Cryo‐Electron Tomography of Highly Deformable and Adherent Solid‐Electrolyte Interphase Exoskeleton in Li‐Metal Batteries with Ether‐Based Electrolyte</t>
+  </si>
+  <si>
+    <t>Han, Bing [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China, Department of Nano Engineering University of California San Diego  La Jolla CA 92093 USA]; Li, Xiangyan [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China, Academy for Advanced Interdisciplinary Studies Southern University of Science and Technology  Shenzhen 518055 China]; Wang, Qi [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China]; Zou, Yucheng [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China]; Xu, Guiyin [Department of Nuclear Science and Engineering and Department of Materials Science and Engineering Massachusetts Institute of Technology  Cambridge MA 02139 USA]; Cheng, Yifeng [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China, Academy for Advanced Interdisciplinary Studies Southern University of Science and Technology  Shenzhen 518055 China]; Zhang, Zhen [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China]; Zhao, Yusheng [Guangdong‐HongKong‐Macao Joint Laboratory for Photonic‐Thermal‐Electrical Energy Materials and Devices Southern University of Science and Technology  Shenzhen 518055 China]; Deng, Yonghong [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China]; Li, Ju [Department of Nuclear Science and Engineering and Department of Materials Science and Engineering Massachusetts Institute of Technology  Cambridge MA 02139 USA] (ORCID:0000000278418058); Gu, Meng [Department of Materials Science and Engineering Southern University of Science and Technology  Shenzhen 518055 China, Guangdong‐HongKong‐Macao Joint Laboratory for Photonic‐Thermal‐Electrical Energy Materials and Devices Southern University of Science and Technology  Shenzhen 518055 China]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-07-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0964-1726</t>
+    <t>2022-02-13T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Advanced Materials</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>0935-9648</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;The 3D nanocomposite structure of plated lithium (Li&lt;sub&gt;Metal&lt;/sub&gt;) and solid electrolyte interphases (SEI), including a polymer‐rich surficial passivation layer (SEI exoskeleton) and inorganic SEI “fossils” buried inside amorphous Li matrix, is resolved using cryogenic transmission electron microscopy. With ether‐based DOLDME‐LiTFSI electrolyte, LiF and Li&lt;sub&gt;2&lt;/sub&gt;O nanocrystals are formed and embedded in a thin but tough amorphous polymer in the SEI exoskeleton. The fast Li‐stripping directions are along or , which produces eight exposed {111} planes at halfway charging. Full Li stripping produces completely sagging, empty SEI husks that can sustain large bending and buckling, with the smallest bending radius of curvature observed approaching tens of nanometers without apparent damage. In the 2nd round of Li plating, a thin Li&lt;sub&gt;BCC&lt;/sub&gt;sheet first nucleates at the current collector, extends to the top end of the deflated SEI husk, and then expands its thickness. The apparent zero wetting angle between Li&lt;sub&gt;BCC&lt;/sub&gt;and the SEI interior means that the heterogeneous nucleation energy barrier is zero. Due to its complete‐wetting property and chemo‐mechanical stability, the SEI largely prevents further reactions between the Li metal and the electrolyte, which explains the superior performance of Li‐metal batteries with ether‐based electrolytes. However, uneven refilling of the SEI husks results in dendrite protrusions and some new SEI formation during the 2nd plating. A strategy to form bigger SEI capsules during the initial cycle with higher energy density than the following cycles enables further enhanced Coulombic efficiency to above 99%.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1734117</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>2034899; 2034902</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -299,77 +303,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>