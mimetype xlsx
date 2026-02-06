--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10446675</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/gcb.16643</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Across‐model spread and shrinking in predicting peatland carbon dynamics under global change</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hou, Enqing; Ma, Shuang; Huang, Yuanyuan; Zhou, Yu; Kim, Hyung‐Sub; López‐Blanco, Efrén; Jiang, Lifen; Xia, Jianyang; Tao, Feng; Williams, Christopher; Williams, Mathew; Ricciuto, Daniel; Hanson, Paul J.; Luo, Yiqi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Global Change Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2759 to 2775</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1354-1013</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Large across‐model spread in simulating land carbon (C) dynamics has been ubiquitously demonstrated in model intercomparison projects (MIPs), and became a major impediment in advancing climate change prediction. Thus, it is imperative to identify underlying sources of the spread. Here, we used a novel matrix approach to analytically pin down the sources of across‐model spread in transient peatland C dynamics in response to a factorial combination of two atmospheric CO              2              levels and five temperature levels. We developed a matrix‐based MIP by converting the C cycle module of eight land models (i.e., TEM, CENTURY4, DALEC2, TECO, FBDC, CASA, CLM4.5 and ORCHIDEE) into eight matrix models. While the model average of ecosystem C storage was comparable to the measurement, the simulation differed largely among models, mainly due to inter‐model difference in baseline C residence time. Models generally overestimated net ecosystem production (NEP), with a large spread that was mainly attributed to inter‐model difference in environmental scalar. Based on the sources of spreads identified, we sequentially standardized model parameters to shrink simulated ecosystem C storage and NEP to almost none. Models generally captured the observed negative response of NEP to warming, but differed largely in the magnitude of response, due to differences in baseline C residence time and temperature sensitivity of decomposition. While there was a lack of response of NEP to elevated CO              2              (eCO              2              ) concentrations in the measurements, simulated NEP responded positively to eCO              2              concentrations in most models, due to the positive responses of simulated net primary production. Our study used one case study in Minnesota peatland to demonstrate that the sources of across‐model spreads in simulating transient C dynamics can be precisely traced to model structures and parameters, regardless of their complexity, given the protocol that all the matrix models were driven by the same gross primary production and environmental variables.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2017884; 2242034; 1655499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>