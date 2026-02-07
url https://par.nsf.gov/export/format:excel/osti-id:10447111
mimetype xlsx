--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10447111</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/JHEP03(2023)122</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Performance of the NA62 trigger system</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cortina Gil, E.; Kleimenova, A.; Minucci, E.; Padolski, S.; Petrov, P.; Shaikhiev, A.; Volpe, R.; Numao, T.; Petrov, Y.; Velghe, B.; Wong, V. W.; Bryman, D.; Fu, J.; Husek, T.; Jerhot, J.; Kampf, K.; Zamkovsky, M.; Aliberti, R.; Khoriauli, G.; Kunze, J.; Lomidze, D.; Peruzzo, L.; Vormstein, M.; Wanke, R.; Dalpiaz, P.; Fiorini, M.; Neri, I.; Norton, A.; Petrucci, F.; Wahl, H.; Cotta Ramusino, A.; Gianoli, A.; Iacopini, E.; Latino, G.; Lenti, M.; Parenti, A.; Bizzeti, A.; Bucci, F.; Antonelli, A.; Georgiev, G.; Kozhuharov, V.; Lanfranchi, G.; Martellotti, S.; Moulson, M.; Spadaro, T.; Tinti, G.; Ambrosino, F.; Capussela, T.; Corvino, M.; Di Filippo, D.; Fiorenza, R.; Massarotti, P.; Mirra, M.; Napolitano, M.; Saracino, G.; Anzivino, G.; Brizioli, F.; Imbergamo, E.; Lollini, R.; Piandani, R.; Santoni, C.; Barbanera, M.; Cenci, P.; Checcucci, B.; Lubrano, P.; Lupi, M.; Pepe, M.; Piccini, M.; Costantini, F.; Di Lella, L.; Doble, N.; Giorgi, M.; Giudici, S.; Lamanna, G.; Lari, E.; Pedreschi, E.; Sozzi, M.; Cerri, C.; Fantechi, R.; Pontisso, L.; Spinella, F.; Mannelli, I.; D’Agostini, G.; Raggi, M.; Biagioni, A.; Cretaro, P.; Frezza, O.; Leonardi, E.; Lonardo, A.; Turisini, M.; Valente, P.; Vicini, P.; Ammendola, R.; Bonaiuto, V.; Fucci, A.; Salamon, A.; Sargeni, F.; Arcidiacono, R.; Bloch-Devaux, B.; Boretto, M.; Menichetti, E.; Migliore, E.; Soldi, D.; Biino, C.; Filippi, A.; Marchetto, F.; Engelfried, J.; Estrada-Tristan, N.; Bragadireanu, A. M.; Ghinescu, S. A.; Hutanu, O. E.; Baeva, A.; Baigarashev, D.; Emelyanov, D.; Enik, T.; Falaleev, V.; Kekelidze, V.; Korotkova, A.; Litov, L.; Madigozhin, D.; Misheva, M.; Molokanova, N.; Movchan, S.; Polenkevich, I.; Potrebenikov, Yu.; Shkarovskiy, S.; Zinchenko, A.; Fedotov, S.; Gushchin, E.; Khotyantsev, A.; Kudenko, Y.; Kurochka, V.; Medvedeva, M.; Mefodev, A.; Kholodenko, S.; Kurshetsov, V.; Obraztsov, V.; Ostankov, A.; Semenov, V.; Sugonyaev, V.; Yushchenko, O.; Bician, L.; Blazek, T.; Cerny, V.; Kucerova, Z.; Bernhard, J.; Ceccucci, A.; Danielsson, H.; De Simone, N.; Duval, F.; Döbrich, B.; Federici, L.; Gamberini, E.; Gatignon, L.; Guida, R.; Hahn, F.; Holzer, E. B.; Jenninger, B.; Koval, M.; Laycock, P.; Lehmann Miotto, G.; Lichard, P.; Mapelli, A.; Marchevski, R.; Massri, K.; Noy, M.; Palladino, V.; Perrin-Terrin, M.; Pinzino, J.; Ryjov, V.; Schuchmann, S.; Venditti, S.; Bache, T.; Brunetti, M. B.; Duk, V.; Fascianelli, V.; Fry, J. R.; Gonnella, F.; Goudzovski, E.; Henshaw, J.; Iacobuzio, L.; Lazzeroni, C.; Lurkin, N.; Newson, F.; Parkinson, C.; Romano, A.; Sergi, A.; Sturgess, A.; Swallow, J.; Tomczak, A.; Heath, H.; Page, R.; Trilov, S.; Angelucci, B.; Britton, D.; Graham, C.; Protopopescu, D.; Carmignani, J.; Dainton, J. B.; Jones, R. W.; Ruggiero, G.; Fulton, L.; Hutchcroft, D.; Maurice, E.; Wrona, B.; Conovaloff, A.; Cooper, P.; Coward, D.; Rubin, P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of High Energy Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1029-8479</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A              bstract                                      The NA62 experiment at CERN targets the measurement of the ultra-rare                                                $$ {K}^{+}\to {\pi}^{+}\nu \overline{\nu} $$                                                            K                      +                                        →                                          π                      +                                        ν                                          ν                      ¯                                                                                  decay, and carries out a broad physics programme that includes probes for symmetry violations and searches for exotic particles. Data were collected in 2016–2018 using a multi-level trigger system, which is described highlighting performance studies based on 2018 data.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1806430</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>