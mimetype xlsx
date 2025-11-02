--- v0 (2025-11-02)
+++ v1 (2025-11-02)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10447398</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/ijac.13907</t>
   </si>
   <si>
     <t>Niobium carbide reinforced‐Ti6Al4V composites via directed energy deposition</t>
   </si>
   <si>
-    <t>Avila, Jose D. [W. M. Keck Biomedical Materials Research Lab, School of Mechanical and Materials Engineering Washington State University  Pullman Washington USA]; Bandyopadhyay, Amit [W. M. Keck Biomedical Materials Research Lab, School of Mechanical and Materials Engineering Washington State University  Pullman Washington USA] (ORCID:0000000309925387)</t>
+    <t>Avila, Jose_D [W. M. Keck Biomedical Materials Research Lab, School of Mechanical and Materials Engineering Washington State University  Pullman Washington USA]; Bandyopadhyay, Amit [W. M. Keck Biomedical Materials Research Lab, School of Mechanical and Materials Engineering Washington State University  Pullman Washington USA] (ORCID:0000000309925387)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-09-30T04:00:00Z</t>
   </si>
   <si>
     <t>International Journal of Applied Ceramic Technology</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 1061-1073</t>
   </si>
   <si>
     <t>1546-542X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Directed energy deposition (DED) was used to produce niobium carbide (NbC)‐reinforced Ti6Al4V (Ti64) metal–matrix‐composite (MMC) structures. The objective was to improve upon Ti64's wear and oxidation resistance. The characterization techniques consisted of scanning electron microscopy (SEM), backscattered electron (BSE) imaging, energy‐dispersive X‐ray spectroscopy (EDS), X‐ray diffraction analysis (XRD), thermogravimetric analysis (TGA), Vickers micro‐ and nanoindentation‐derived hardness, as well as tribological testing at varying normal loads. DED produced compositions were of Ti64, Ti64 + 5 wt.% NbC (5NbC), and Ti64 + 10 wt.% NbC (10NbC). Electron micrographs revealed crack‐ and delamination‐free structures. Tribological analysis revealed a 25.1% reduction in specific wear rate. XRD and EDS results indicated the presence of a Ti‐Nb solid solution. It was deduced that the NbC particles coupled with the Ti‐Nb solid solution aided in increasing Ti64's resistance to plastic shear as the superficial microstructure remained unchanged compared to pure Ti64. Additionally, TGA displayed a reduction in total oxidation mass gain and suppressed oxidation kinetics to parabolic behavior with increased NbC. Application‐based composite structures with site‐specific mechanical properties were fabricated in the form of a composite cylinder, gear and compositionally graded cylinder. The graded cylinder displayed a 0%–45%NbC presence—end‐to‐end—equating to a hardness increase from 161.6 ± 4.0HV&lt;sub&gt;0.2&lt;/sub&gt;to 1055.9 ± 157.4HV&lt;sub&gt;0.2&lt;/sub&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1934230</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 1061-1073</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>