--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10448109</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.18222</t>
   </si>
   <si>
     <t>Microstructures and mechanical properties of α‐SiC ceramics after high‐temperature laser shock peening</t>
   </si>
   <si>
-    <t>Wang, Fei [Department of Mechanical &amp;amp, Materials Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA]; Chen, Xin [Department of Mechanical &amp;amp, Materials Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA]; DeLellis, Daniel P. [Department of Materials Science and Engineering University of Florida  Gainesville Florida USA] (ORCID:0000000260807004); Krause, Amanda R. [Department of Materials Science and Engineering University of Florida  Gainesville Florida USA]; Lu, Yongfeng [Department of Electrical and Computer Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA]; Cui, Bai [Department of Mechanical &amp;amp, Materials Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA, Nebraska Center for Materials and Nanoscience University of Nebraska–Lincoln  Lincoln Nebraska USA] (ORCID:0000000205856698)</t>
+    <t>Wang, Fei [Department of Mechanical &amp;amp, Materials Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA]; Chen, Xin [Department of Mechanical &amp;amp, Materials Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA]; DeLellis, Daniel_P [Department of Materials Science and Engineering University of Florida  Gainesville Florida USA] (ORCID:0000000260807004); Krause, Amanda_R [Department of Materials Science and Engineering University of Florida  Gainesville Florida USA]; Lu, Yongfeng [Department of Electrical and Computer Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA]; Cui, Bai [Department of Mechanical &amp;amp, Materials Engineering University of Nebraska–Lincoln  Lincoln Nebraska USA, Nebraska Center for Materials and Nanoscience University of Nebraska–Lincoln  Lincoln Nebraska USA] (ORCID:0000000205856698)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-12-05T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 2411-2420</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;A novel high‐temperature laser shock peening (HT‐LSP) process was applied to polycrystalline α‐SiC to improve the mechanical performance. HT‐LSP prevents microcrack formation on the surface while induces plastic deformation in the form of dislocation slip on the basal planes, which may be caused by the combination of high shock pressure and a lower critical resolved shear stress at 1000℃. A maximum compressive residual stress of 650 MPa, measured with Raman spectroscopy, was introduced into the surface of α‐SiC by HT‐LSP, which can increase the nanohardness and in‐plane fracture toughness of α‐SiC by 8% and 36%, respectively. This work presents a fundamental base for the promising applications of HT‐LSP to brittle ceramics to increase their plasticity and mechanical properties.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2023404; 2023314</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 2411-2420</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>