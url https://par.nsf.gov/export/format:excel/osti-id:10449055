--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10449055</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.17840</t>
   </si>
   <si>
     <t>Effects of acid leaching treatment of soda‐lime silicate glass on crack initiation and fracture</t>
   </si>
   <si>
-    <t>Sheth, Nisha [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Greenley, Carl [Department of Chemical Engineering The Pennsylvania State University University Park PA USA]; Bermejo, Raul [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Department of Materials Science Montanuniversitaet Leoben Leoben Austria] (ORCID:0000000268913653); Mauro, John C. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Materials Research Institute The Pennsylvania State University University Park PA USA] (ORCID:0000000243193530); Pantano, Carlo G. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Materials Research Institute The Pennsylvania State University University Park PA USA]; Kim, Seong H. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Department of Chemical Engineering The Pennsylvania State University University Park PA USA, Materials Research Institute The Pennsylvania State University University Park PA USA] (ORCID:0000000285757269)</t>
+    <t>Sheth, Nisha [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Greenley, Carl [Department of Chemical Engineering The Pennsylvania State University University Park PA USA]; Bermejo, Raul [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Department of Materials Science Montanuniversitaet Leoben Leoben Austria] (ORCID:0000000268913653); Mauro, John_C [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Materials Research Institute The Pennsylvania State University University Park PA USA] (ORCID:0000000243193530); Pantano, Carlo_G [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Materials Research Institute The Pennsylvania State University University Park PA USA]; Kim, Seong_H [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA, Department of Chemical Engineering The Pennsylvania State University University Park PA USA, Materials Research Institute The Pennsylvania State University University Park PA USA] (ORCID:0000000285757269)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-05-28T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>9</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4550-4558</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Water or acid soaking surface treatments have been shown to increase the mechanical strength of soda‐lime silicate (SLS) glasses. This increase in strength has traditionally been attributed to effects related to residual stress or changes in fracture resistance. In this work, we report experimental data that cannot be explained based on the existing knowledge of glass surface mechanics. In dry environments, annealed and acid‐leached SLS surfaces have comparable crack initiation stress and fracture stress as measured by Hertzian indentation and biaxial bending tests, respectively. Yet, in the presence of humidity, acid‐leached surfaces have higher failure stress than the annealed surfaces. This apparent enhancement in the crack resistance of the acid‐leached surface of SLS glass in humid environments supports the hypothesis that acid‐leached surface chemistry can lower the transport kinetics of molecular water to critical flaws.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2011410</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 4550-4558</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>