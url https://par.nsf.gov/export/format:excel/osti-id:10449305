--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10449305</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/gwat.13075</t>
   </si>
   <si>
     <t>Fiber Optic Measurements of Soil Moisture in a Waste Rock Pile</t>
   </si>
   <si>
-    <t>Wu, Robert (ORCID:0000000233534709); Martin, Vincent [Earth and Planetary Sciences McGill University Montreal QC Canada]; McKenzie, Jeffrey M. [Golder Associates Montreal QC Canada]; Broda, Stefan [Bundesanstalt fur Geowissenschaften und Rohstoffe Berlin Germany]; Bussière, Bruno [Université du Québec en Abitibi‐Témiscamingue Rouyn‐Noranda QC Canada]; Selker, John [Biological and Ecological Engineering Oregon State University Corvallis OR USA]; Aubertin, Michel [Department of Civil, Geological and Mining Engineering Polytechnique Montreal Montreal QC Canada]</t>
+    <t>Wu, Robert (ORCID:0000000233534709); Martin, Vincent [Earth and Planetary Sciences McGill University  Montreal QC Canada]; McKenzie, Jeffrey_M [Golder Associates  Montreal QC Canada]; Broda, Stefan [Bundesanstalt fur Geowissenschaften und Rohstoffe  Berlin Germany]; Bussière, Bruno [Université du Québec en Abitibi‐Témiscamingue  Rouyn‐Noranda QC Canada]; Selker, John [Biological and Ecological Engineering Oregon State University  Corvallis OR USA]; Aubertin, Michel [Department of Civil, Geological and Mining Engineering Polytechnique Montreal  Montreal QC Canada]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-02-05T05:00:00Z</t>
   </si>
   <si>
     <t>Groundwater</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>0017-467X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The design and construction of a waste rock pile influences water infiltration and may promote the production of contaminated mine drainage. The objective of this project is to evaluate the use of an active fiber optic distributed temperature sensing (aFO‐DTS) protocol to measure infiltration and soil moisture within a flow control layer capping an experimental waste rock pile. Five hundred meters of fiber optic cable were installed in a waste rock pile that is 70 m long, 10 m wide, and was covered with 0.60 m of fine compacted sand and 0.25 m of non‐reactive crushed waste rock. Volumetric water content was assessed by heating the fiber optic cable with 15‐min heat pulses at 15 W/m every 30 min. To test the aFO‐DTS system 14 mm of recharge was applied to the top surface of the waste rock pile over 4 h, simulating a major rain event. The average volumetric water content in the FCL increased from 0.10 to 0.24 over the duration of the test. The volumetric water content measured with aFO‐DTS in the FCL and waste rock was within ±0.06 and ±0.03, respectively, compared with values measured using 96 dielectric soil moisture probes over the same time period. Additional results illustrate how water can be confined within the FCL and monitored through an aFO‐DTS protocol serving as a practical means to measure soil moisture at an industrial capacity.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>