--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-08-29T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2041-1723</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Understanding global patterns of genetic diversity is essential for describing, monitoring, and preserving life on Earth. To date, efforts to map macrogenetic patterns have been restricted to vertebrates, which comprise only a small fraction of Earth’s biodiversity. Here, we construct a global map of predicted insect mitochondrial genetic diversity from cytochrome c oxidase subunit 1 sequences, derived from open data. We calculate the mitochondrial genetic diversity mean and genetic diversity evenness of insect assemblages across the globe, identify their environmental correlates, and make predictions of mitochondrial genetic diversity levels in unsampled areas based on environmental data. Using a large single-locus genetic dataset of over 2 million globally distributed and georeferenced mtDNA sequences, we find that mitochondrial genetic diversity evenness follows a quadratic latitudinal gradient peaking in the subtropics. Both mitochondrial genetic diversity mean and evenness positively correlate with seasonally hot temperatures, as well as climate stability since the last glacial maximum. Our models explain 27.9% and 24.0% of the observed variation in mitochondrial genetic diversity mean and evenness in insects, respectively, making an important step towards understanding global biodiversity patterns in the most diverse animal taxon.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2104147</t>
+    <t>2104147; 1926928</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>