--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1007/s11075-023-01590-1</t>
   </si>
   <si>
     <t>u-generation: solving systems of polynomials equation-by-equation</t>
   </si>
   <si>
     <t>Duff, Timothy; Leykin, Anton; Rodriguez, Jose Israel</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-06-29T04:00:00Z</t>
   </si>
   <si>
     <t>Numerical Algorithms</t>
   </si>
   <si>
     <t>1017-1398</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2001267</t>
+    <t>2001267; 2103310</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>