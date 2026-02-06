--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10450549</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18739/A2DV1CQ1B</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Goose Bay (GBR) Super Dual Auroral Radar Network (SuperDARN) High Frequency (HF) Radar Ground Scatter Data (1994-2002)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Thomas, Evan; Shepherd, Simon; Ruohoniemi, J. Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>{"Abstract":["The Super Dual Auroral Radar Network (SuperDARN) is an international network of ground-based, space weather radars which have operated continuously in the Arctic and Antarctic regions for more than 30 years. These high-frequency (HF) radars use over-the-horizon (OTH) radio wave propagation to detect ionospheric plasma structures across ranges of several thousand kilometers (km). As a byproduct of this technique, the transmitted radar signals frequently reflect from the Earth&amp;#39;s surface and can be observed as ground backscatter echoes.\n      The monthly files in this dataset contain maps of daily ground backscatter observations from the Goose Bay (GBR) SuperDARN HF radar binned onto an equal-area 24 km grid.  The GBR radar is located in Labrador, Canada (53.32°N, 60.46°W) and is operated by Virginia Tech (Principal Investigator: J. Michael Ruohoniemi, mikeruo&amp;#64;vt.edu) with funding support from the National Science Foundation."]}</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836426</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>text/xml</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>NSF Arctic Data Center</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>