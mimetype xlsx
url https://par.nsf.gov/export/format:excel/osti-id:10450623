--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10450623</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3532106.3533549</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AR Exhibitions for Sensitive Narratives: Designing an Immersive Exhibition for the Museum of Memory in Colombia</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cárdenas Gasca, Ana María; Jacobs, Jennifer Mary; Monroy-Hernández, Andrés; Nebeling, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>DIS '22: Proceedings of the 2022 ACM Designing Interactive Systems Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1698 to 1714</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Augmented Reality (AR) in human rights museums and memorialization efforts can empower these initiatives to create stronger connections between audiences and victims; however, there is little research on the risks of depicting sensitive narratives through immersive technologies. We examined the opportunities and challenges of applying AR to memorialization by designing and deploying an AR application with a human rights museum in Colombia. We report lessons from our collaboration about navigating the risk of re-victimizing testimonial authors while creating engaging AR interactions. Furthermore, we report on a user study where participants interacted with our museum exhibition. Based on observations of our co-design process and the user study results, we discuss implications for immersive application design with strategies for selecting immersive content, balancing audience engagement, and identifying technology gaps. Finally, we reflect on the implications for collaborations between HCI researchers, human rights professionals, and organizations to inform designs involving sensitive narratives.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2220798</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>