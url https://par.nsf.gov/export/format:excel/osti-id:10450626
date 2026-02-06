--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10450626</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3563703.3591452</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Towards Mutual Benefit: Reflecting on Artist Residencies as a Method for Collaboration in DIS</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Devendorf, Laura; Buechley, Leah; Howell, Noura; Jacobs, Jennifer; Kao, Cindy Hsin-Liu; Murer, Martin; Rosner, Daniela; Ross, Nica; Soden, Robert; Tso, Jared; Zheng, Clement</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>DIS '23 Companion: Companion Publication of the 2023 ACM Designing Interactive Systems Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>124 to 126</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While cross-disciplinary collaboration continues to be a cornerstone of inventive work in interactive design, the infrastructures of academia, as well as barriers to participation imposed by our professional organizations, make collaboration between particular groups difficult. In this workshop, we will focus specifically on how artist residencies are addressing (or not addressing) the challenges that artists, craftspeople, and/or independent designers face when collaborating with researchers affiliated with DIS. By focusing on the question “what is mutual benefit?”, this workshop seeks to combine the perspectives of artists and academic researchers who collaborate with artists (through residencies or other forms of sustained collaboration) to (1) reflect on benefits or deficiencies in what the residency research model is currently doing and (2) generate resources for our community to effectively structure and evaluate our methods of collaboration with artists. Our hope is to provide recognition of the research contributions of artists and pathways for equitable inclusion of artists as a first step towards broader infrastructural change.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2220798; 1943109; 2026218; 2026286</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>