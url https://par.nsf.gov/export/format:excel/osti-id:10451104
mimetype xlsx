--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -95,78 +95,78 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10451104</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/s10533-022-00988-8</t>
   </si>
   <si>
     <t>Patterns and controls of aboveground litter inputs to temperate forests</t>
   </si>
   <si>
-    <t>Jevon, Fiona V.; Polussa, Alexander; Lang, Ashley K.; William Munger, J.; Wood, Stephen A.; Wieder, William R.; Bradford, Mark. A.</t>
+    <t>Jevon, Fiona V.; Polussa, Alexander; Lang, Ashley K.; William Munger, J; Wood, Stephen A.; Wieder, William R.; Bradford, Mark A</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Biogeochemistry</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>335 to 352</t>
   </si>
   <si>
     <t>0168-2563</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1926482</t>
+    <t>1926482; 1926413</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>