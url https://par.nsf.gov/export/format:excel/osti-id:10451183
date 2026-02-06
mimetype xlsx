--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10451183</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Detailed Functional Overview of an API and Workflow Engine for Scientific Research Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Freeman, N; Stubbs, J; Cardone, R; Garcia, C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2486-5400</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Constructing and executing reproducible workflows is fundamental to performing research in a variety of scientific domains. Many of the current commercial and open source solutions for workflow en- gineering impose constraints—either technical or budgetary—upon researchers, requiring them to use their limited funding on expensive cloud platforms or spend valuable time acquiring knowledge of software systems and processes outside of their domain expertise. Even though many commercial solutions offer free-tier services, they often do not meet the resource and architectural requirements (memory, data storage, compute time, networking, etc) for researchers to run their workflows effectively at scale. Tapis Workflows abstracts away the complexities of workflow creation and execution behind a web-based API with a simplified workflow model comprised of only pipelines and tasks. This paper will de- tail how Tapis Workflows approaches workflow management by exploring its domain model, the technologies used, application architecture, design patterns, how organizations are leveraging Tapis Workflows to solve unique problems in their scientific workflows, and this projects’s vision for a simple, open source, extensible, and easily deployable workflow engine.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229702</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>