--- v0 (2026-01-21)
+++ v1 (2026-01-21)
@@ -86,96 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10520743</t>
-[...8 lines deleted...]
-    <t>Fan, Songmiao; Chen, Xiaodan; Cohen, Judah</t>
+    <t>10452503</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1029/2019JG005252</t>
+  </si>
+  <si>
+    <t>Climate Extreme Versus Carbon Extreme: Responses of Terrestrial Carbon Fluxes to Temperature and Precipitation</t>
+  </si>
+  <si>
+    <t>Pan, Shufen [International Center for Climate and Global Change Research, School of Forestry and Wildlife Sciences Auburn University  Auburn AL USA] (ORCID:0000000179201427); Yang, Jia [International Center for Climate and Global Change Research, School of Forestry and Wildlife Sciences Auburn University  Auburn AL USA, Department of Forestry Mississippi State University  Mississippi State MS USA]; Tian, Hanqin [International Center for Climate and Global Change Research, School of Forestry and Wildlife Sciences Auburn University  Auburn AL USA] (ORCID:0000000218064091); Shi, Hao [International Center for Climate and Global Change Research, School of Forestry and Wildlife Sciences Auburn University  Auburn AL USA, Research Center for Eco‐Environmental Sciences, State Key Laboratory of Urban and Regional Ecology Chinese Academy of Sciences  Beijing China] (ORCID:0000000182500567); Chang, Jinfeng [Laboratoire des Sciences du Climat et de l'Environnement  Gif‐sur‐Yvette France] (ORCID:0000000344637778); Ciais, Philippe [Laboratoire des Sciences du Climat et de l'Environnement  Gif‐sur‐Yvette France]; Francois, Louis [UR‐SPHERES Université de Liège  Liège Belgium]; Frieler, Katja [Potsdam Institute for Climate Impact Research Member of the Leibniz Association  Potsdam Germany] (ORCID:0000000348693013); Fu, Bojie [Research Center for Eco‐Environmental Sciences, State Key Laboratory of Urban and Regional Ecology Chinese Academy of Sciences  Beijing China]; Hickler, Thomas [Senckenberg Biodiversity and Climate Research Centre  Frankfurt am Main Germany, Department of Physical Geography Goethe University  Frankfurt am Main Germany] (ORCID:0000000246687552); Ito, Akihiko [National Institute for Environmental Studies  Tsukuba Japan] (ORCID:0000000152650791); Nishina, Kazuya [National Institute for Environmental Studies  Tsukuba Japan] (ORCID:0000000288201282); Ostberg, Sebastian [Potsdam Institute for Climate Impact Research Member of the Leibniz Association  Potsdam Germany] (ORCID:0000000223687015); Reyer, Christopher P. O. [Potsdam Institute for Climate Impact Research Member of the Leibniz Association  Potsdam Germany] (ORCID:0000000310671492); Schaphoff, Sibyll [Potsdam Institute for Climate Impact Research Member of the Leibniz Association  Potsdam Germany] (ORCID:0000000316778282); Steinkamp, Jörg [Senckenberg Biodiversity and Climate Research Centre  Frankfurt am Main Germany, Johannes Gutenberg‐University Mainz  Mainz Germany] (ORCID:0000000278618789); Zhao, Fang [Potsdam Institute for Climate Impact Research Member of the Leibniz Association  Potsdam Germany]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-06-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Previous studies have suggested possible connections between the decreasing Arctic sea‐ice and long‐duration (&gt;5 days, LD) cold weather events in Eurasia and North America. Here we document the occurrences of weather regimes in winter by their durations, based on the empirical orthogonal function analyses of the daily geopotential height fields at 500 hPa (z500) for the months of November–March 1979–2019. Significant changes in the occurrence frequency and persistence of Ural ridge (UR) and weak stratospheric polar vortex (PV) were found between winters following high and low autumn sea‐ice covers (SIC) in the Barents and Kara seas. It is shown that a strengthening of the UR is accompanied with a weakening of the PV, and a weak PV favors Greenland ridge (GR). Cold spells in East Asia persist for 5 more days after an LDUR. Cold spells from Canada to the U.S. occur 2–5 days after an LD Ural trough (UT) and are associated with a z500 anomaly dipole centered over Alaska (+) and Hudson Bay (−). Cold spells in the eastern U.S. occur 1–4 days after an LDGR due to circulations resembling the Pacific‐North America pattern. Increased occurrences of UR in winter are associated with a decreased eastward propagation of synoptic waves from the North Atlantic to Japan and the North Pacific.&lt;/p&gt;</t>
+    <t>2020-04-08T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Geophysical Research: Biogeosciences</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2169-8953</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Carbon fluxes at the land‐atmosphere interface are strongly influenced by weather and climate conditions. Yet what is usually known as “climate extremes” does not always translate into very high or low carbon fluxes or so‐called “carbon extremes.” To reveal the patterns of how climate extremes influence terrestrial carbon fluxes, we analyzed the interannual variations in ecosystem carbon fluxes simulated by the Terrestrial Biosphere Models (TBMs) in the Inter‐Sectoral Impact Model Intercomparison Project. At the global level, TBMs simulated reduced ecosystem net primary productivity (NPP; 18.5 ± 9.3 g C m&lt;sup&gt;−2&lt;/sup&gt; yr&lt;sup&gt;−1&lt;/sup&gt;), but enhanced heterotrophic respiration (Rh; 7 ± 4.6 g C m&lt;sup&gt;−2&lt;/sup&gt; yr&lt;sup&gt;−1&lt;/sup&gt;) during extremely hot events. TBMs also simulated reduced NPP (60.9 ± 24.4 g C m&lt;sup&gt;−2&lt;/sup&gt; yr&lt;sup&gt;−1&lt;/sup&gt;) and reduced Rh (16.5 ± 11.4 g C m&lt;sup&gt;−2&lt;/sup&gt; yr&lt;sup&gt;−1&lt;/sup&gt;) during extreme dry events. Influences of precipitation extremes on terrestrial carbon uptake were larger in the arid/semiarid zones than other regions. During hot extremes, ecosystems in the low latitudes experienced a larger reduction in carbon uptake. However, a large fraction of carbon extremes did not occur in concert with either temperature or precipitation extremes. Rather these carbon extremes are likely to be caused by the interactive effects of the concurrent temperature and precipitation anomalies. The interactive effects showed considerable spatial variations with the largest effects on NPP in South America and Africa. Additionally, TBMs simulated a stronger sensitivity of ecosystem productivity to precipitation than satellite estimates. This study provides new insights into the complex ecosystem responses to climate extremes, especially the emergent properties of carbon dynamics resulting from compound climate extremes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2140909</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1903722</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Fan et al. JGR 2023</t>
+    <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>