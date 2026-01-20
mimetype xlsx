--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,81 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10399289</t>
-[...8 lines deleted...]
-    <t>Melhuish, Kathleen; Guajardo, Lino; Dawkins, Paul C.; Zolt, Holly; Lew, Kristen</t>
+    <t>10454167</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1007/s10886-023-01410-9</t>
+  </si>
+  <si>
+    <t>Effects of Host Plants on Development and Immunity of a Generalist Insect Herbivore</t>
+  </si>
+  <si>
+    <t>Gallon, Marilia Elias; Smilanich, Angela Marie</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-01-01T05:00:00Z</t>
-[...8 lines deleted...]
-    <t>In many advanced mathematics courses, comprehending theorems and proofs is an essential activity for both students and mathematicians. Such activity requires readers to draw on relevant meanings for the concepts involved; however, the ways that concept meaning may shape comprehension activity is currently undertheorized. In this paper, we share a study of student activity as they work to comprehend the First Isomorphism Theorem and its proof. We analyze, using an onto-semiotic lens, the ways that students’ meanings for quotient group both support and constrain their comprehension activity. Furthermore, we suggest that the relationship between understanding concepts and proof comprehension can be reflexive: understanding of concepts not only influences comprehension activity, but engaging with theorems and proofs can serve to support students in generating more sophisticated understanding of the concepts involved.</t>
+    <t>2023-04-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Chemical Ecology</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>3-4</t>
+  </si>
+  <si>
+    <t>142 to 154</t>
+  </si>
+  <si>
+    <t>0098-0331</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1836559</t>
+    <t>1929522</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -287,79 +293,83 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>