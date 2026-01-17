--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,69 +111,69 @@
     <t>10454483</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.17608</t>
   </si>
   <si>
     <t>Influence of water activity on belite (β‐C &lt;sub&gt;2&lt;/sub&gt; S) hydration</t>
   </si>
   <si>
     <t>Cook, Rachel [Department of Materials Science and Engineering Missouri University of Science and Technology (S&amp;amp,T Rolla MO USA] (ORCID:0000000305502774); Ma, Hongyan [Department of Civil, Architectural and Environmental Engineering Missouri University of Science and Technology (S&amp;amp,T Rolla MO USA] (ORCID:0000000336743845); Okoronkwo, Monday [Department of Chemical and Biochemical Engineering Missouri University of Science and Technology (S&amp;amp,T Rolla MO USA] (ORCID:0000000150339860); Sant, Gaurav [Department of Civil and Environmental Engineering Department of Materials Science and Engineering California NanoSystems Institute Los Angeles CA USA, Institute for Carbon Management University of California Los Angeles Los Angeles CA USA]; Kumar, Aditya [Department of Materials Science and Engineering Missouri University of Science and Technology (S&amp;amp,T Rolla MO USA] (ORCID:0000000175508034)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-12-20T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 1831-1840</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The hydration of the two most reactive phases of ordinary Portland cement (OPC), tricalcium silicate (C&lt;sub&gt;3&lt;/sub&gt;S), and tricalcium aluminate (C&lt;sub&gt;3&lt;/sub&gt;A) is successfully halted when the activity of water (&lt;inline-graphic href='graphic/jace17608-math-0001.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0001'/&gt;) falls below critical thresholds of 0.70 and 0.45, respectively. It has been established that the reduction in relative humidity (RH) and&lt;inline-graphic href='graphic/jace17608-math-0002.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0002'/&gt; suppresses the hydration of all anhydrous phases in OPC, including less explored phases like dicalcium silicate, that is, belite (β‐C&lt;sub&gt;2&lt;/sub&gt;S). However, the degree of suppression, that is, the critical threshold, for β‐C&lt;sub&gt;2&lt;/sub&gt;S, standalone has yet to be established. This study utilizes isothermal microcalorimetry and X‐ray diffraction techniques to elucidate the influence of&lt;inline-graphic href='graphic/jace17608-math-0003.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0003'/&gt;on the hydration of&lt;inline-graphic href='graphic/jace17608-math-0004.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0004'/&gt;‐C&lt;sub&gt;2&lt;/sub&gt;S suspensions via incremental replacements of water with isopropanol (IPA). Experimentally, this study shows that with increasing IPA replacements, hydration is increasingly suppressed until eventually brought to a halt at a critical threshold of approximately 27.7% IPA on a weight basis (wt.%&lt;sub&gt;IPA&lt;/sub&gt;). From thermodynamic estimations, the exact critical&lt;inline-graphic href='graphic/jace17608-math-0005.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0005'/&gt;threshold and solubility product constant of&lt;inline-graphic href='graphic/jace17608-math-0006.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0006'/&gt;‐C&lt;sub&gt;2&lt;/sub&gt;S (&lt;inline-graphic href='graphic/jace17608-math-0007.png' title='urn:x-wiley:00027820:media:jace17608:jace17608-math-0007'/&gt;) are established as 0.913 and 10&lt;sup&gt;−12.68&lt;/sup&gt;, respectively. This study enables enhanced understanding of β‐C&lt;sub&gt;2&lt;/sub&gt;S reactivity and provides thermodynamic parameters during the hydration of β‐C&lt;sub&gt;2&lt;/sub&gt;S‐containing cementitious systems such as OPC‐based and calcium aluminate‐based systems.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1932690; 1661609</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 1831-1840</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>