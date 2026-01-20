--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10454655</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12453</t>
   </si>
   <si>
     <t>Reevaluation of &lt;scp&gt;Blapimorpha and Opatrinae&lt;/scp&gt; : addressing a major phylogeny‐classification gap in darkling beetles ( &lt;scp&gt;Coleoptera: Tenebrionidae: Blaptinae&lt;/scp&gt; )</t>
   </si>
   <si>
-    <t>Kamiński, Marcin_J [Department of Entomology Purdue University West Lafayette Indiana USA, Zoological Museum, Museum and Institute of Zoology Polish Academy of Sciences Warszawa Poland] (ORCID:0000000229150614); Lumen, Ryan [Department of Entomology Purdue University West Lafayette Indiana USA]; Kanda, Kojun [USDA Systematic Entomology Laboratory c/o Smithsonian Institution, National Museum of Natural History Washington District of Columbia USA]; Iwan, Dariusz [Zoological Museum, Museum and Institute of Zoology Polish Academy of Sciences Warszawa Poland]; Johnston, M_Andrew [Biodiversity Knowledge Integration Center Arizona State University Tempe Arizona USA] (ORCID:0000000201666985); Kergoat, Gael_J [CBGP, INRAE, CIRAD, IRD, Montpellier SupAgro, University Montpellier Montpellier France] (ORCID:0000000282846215); Bouchard, Patrice [Canadian National Collection of Insects, Arachnids and Nematodes, Agriculture and Agri‐Food Canada Ottawa Ontario Canada]; Bai, Xing_Long [The Key Laboratory of Zoological Systematics and Application College of Life Sciences, Institute of Life Science and Green Development, Hebei University Baoding PR China]; Li, Xiu_Min [The Key Laboratory of Zoological Systematics and Application College of Life Sciences, Institute of Life Science and Green Development, Hebei University Baoding PR China]; Ren, Guo_Dong [The Key Laboratory of Zoological Systematics and Application College of Life Sciences, Institute of Life Science and Green Development, Hebei University Baoding PR China]; Smith, Aaron_D [Department of Entomology Purdue University West Lafayette Indiana USA] (ORCID:000000021286950X)</t>
+    <t>Kamiński, Marcin_J [Department of Entomology Purdue University  West Lafayette Indiana USA, Zoological Museum, Museum and Institute of Zoology Polish Academy of Sciences  Warszawa Poland] (ORCID:0000000229150614); Lumen, Ryan [Department of Entomology Purdue University  West Lafayette Indiana USA]; Kanda, Kojun [USDA Systematic Entomology Laboratory c/o Smithsonian Institution, National Museum of Natural History  Washington District of Columbia USA]; Iwan, Dariusz [Zoological Museum, Museum and Institute of Zoology Polish Academy of Sciences  Warszawa Poland]; Johnston, M_Andrew [Biodiversity Knowledge Integration Center Arizona State University  Tempe Arizona USA] (ORCID:0000000201666985); Kergoat, Gael_J [CBGP, INRAE, CIRAD, IRD, Montpellier SupAgro, University Montpellier  Montpellier France] (ORCID:0000000282846215); Bouchard, Patrice [Canadian National Collection of Insects, Arachnids and Nematodes, Agriculture and Agri‐Food Canada  Ottawa Ontario Canada]; Bai, Xing_Long [The Key Laboratory of Zoological Systematics and Application College of Life Sciences, Institute of Life Science and Green Development, Hebei University  Baoding PR China]; Li, Xiu_Min [The Key Laboratory of Zoological Systematics and Application College of Life Sciences, Institute of Life Science and Green Development, Hebei University  Baoding PR China]; Ren, Guo_Dong [The Key Laboratory of Zoological Systematics and Application College of Life Sciences, Institute of Life Science and Green Development, Hebei University  Baoding PR China]; Smith, Aaron_D [Department of Entomology Purdue University  West Lafayette Indiana USA] (ORCID:000000021286950X)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-09-16T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The taxonomic concepts of Blapimorpha and Opatrinae (informal and traditional, morphology‐based groupings among darkling beetles) are tested using molecular phylogenetics and a reassessment of larval and adult morphology to address a major phylogeny‐classification gap in Tenebrionidae. Instead of a holistic approach (family‐level phylogeny), this study uses a bottom‐up strategy (tribal grouping) in order to define larger, monophyletic lineages within Tenebrioninae. Sampling included representatives of 27 tenebrionid tribes: Alleculini, Amarygmini, Amphidorini, Blaptini, Bolitophagini, Branchini, Cerenopini, Coniontini, Caenocrypticini, Dendarini, Eulabini, Helopini, Lagriini, Melanimini, Opatrini, Pedinini, Phaleriini, Physogasterini, Platynotini, Platyscelidini, Praociini, Scaurini, Scotobiini, Tenebrionini, Trachyscelini, Triboliini and Ulomini. Molecular analyses were based on DNA sequence data from four non‐overlapping gene regions: carbamoyl‐phosphate synthetase domain of&lt;italic&gt;rudimentary&lt;/italic&gt;(CAD) (723 bp),&lt;italic&gt;wingless&lt;/italic&gt;(&lt;italic&gt;wg&lt;/italic&gt;) (438 bp) and nuclear ribosomal 28S (1101 bp) and mitochondrial ribosomal 12S (363 bp). Additionally, 15 larval and imaginal characters were scored and subjected to an ancestral state reconstruction analysis. Results revealed that Amphidorini, Blaptini, Dendarini, Pedinini, Platynotini, Platyscelidini and Opatrini form a clade which can be defined by the following morphological features: adults—antennae lacking compound/stellate sensoria; procoxal cavities externally and internally closed, intersternal membrane of abdominal ventrites 3–5 visible; paired abdominal defensive glands present, elongate, not annulated; larvae—prolegs enlarged (adapted for digging); ninth tergite lacking urogomphi. To accommodate this monophyletic grouping (281 genera and ∼4000 species), the subfamily Blaptinae&lt;bold&gt;sens. nov.&lt;/bold&gt;is resurrected. Prior to these results, all of the tribes within Blaptinae were classified within the polyphyletic subfamily Tenebrioninae. The non‐monophyletic nature of Terebrioninae has already been postulated by previous authors, yet no taxonomic decisions were made to fix its status. The reinstatement of Blaptinae, which groups ∼50% of the former Tenebrioninae, helps to clarify phylogenetic relations among the whole family and is the first step towards a complete higher‐level revision of Tenebrionidae. The Central Asian tribe Dissonomini (two genera, ∼30 species) was not included in Blaptinae due to a lack of representatives in the performed phylogenetic analyses; however, based on morphological features, the tribe is listed as a potential addition to the subfamily.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>