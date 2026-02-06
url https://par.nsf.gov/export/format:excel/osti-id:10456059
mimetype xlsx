--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10456059</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ace1ef</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Unusual M-dwarf Warm Jupiter TOI-1899 b: Refinement of Orbital and Planetary Parameters</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lin, Andrea S.; Libby-Roberts, Jessica E.; Alvarado-Montes, Jaime A.; Cañas, Caleb I.; Kanodia, Shubham; Han, Te; Hebb, Leslie; Jensen, Eric L.; Mahadevan, Suvrath; Powers, Luke C.; Swaby, Tera N.; Wisniewski, John; Beard, Corey; Bender, Chad F.; Blake, Cullen H.; Cochran, William D.; Diddams, Scott A.; Frazier, Robert C.; Fredrick, Connor; Gully-Santiago, Michael; Halverson, Samuel; Logsdon, Sarah E.; McElwain, Michael W.; Morley, Caroline; Ninan, Joe P.; Rajagopal, Jayadev; Ramsey, Lawrence W.; Robertson, Paul; Roy, Arpita; Schwab, Christian; Stefánsson, Guðmundur; Stevens, Daniel J.; Terrien, Ryan C.; Wright, Jason T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>166</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          TOI-1899 b is a rare exoplanet, a temperate warm Jupiter orbiting an M dwarf, first discovered by Cañas et al. (2020) from a TESS single-transit event. Using new radial velocities (RVs) from the precision RV spectrographs HPF and NEID, along with additional TESS photometry and ground-based transit follow-up, we are able to derive a much more precise orbital period of                                                                                                  P                  =                                                            29.090312                                                              −                      0.000035                                                              +                      0.000036                                                                                                  days, along with a radius of              R                              p                            = 0.99 ± 0.03              R              J              . We have also improved the constraints on planet mass,              M                              p                            = 0.67 ± 0.04              M              J              , and eccentricity, which is consistent with a circular orbit at 2              σ              (                                                                                                  e                  =                                                            0.044                                                              −                      0.027                                                              +                      0.029                                                                                                  ). TOI-1899 b occupies a unique region of parameter space as the coolest known (              T              eq              ≈  380 K) Jovian-sized transiting planet around an M dwarf; we show that it has great potential to provide clues regarding the formation and migration mechanisms of these rare gas giants through transmission spectroscopy with JWST, as well as studies of tidal evolution.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108801; 1910954; 1909506; 2108512; 2108493</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>