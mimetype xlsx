--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10456377</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12423</t>
   </si>
   <si>
     <t>Global domination by crazy ants: phylogenomics reveals biogeographical history and invasive species relationships in the genus &lt;i&gt;Nylanderia&lt;/i&gt; (Hymenoptera: Formicidae)</t>
   </si>
   <si>
-    <t>Williams, Jason L. [Entomology &amp;amp, Nematology Department University of Florida  Gainesville FL U.S.A.] (ORCID:0000000298343348); Zhang, Yuanmeng Miles [Entomology &amp;amp, Nematology Department University of Florida  Gainesville FL U.S.A.] (ORCID:0000000348018624); Lloyd, Michael W. [Department of Entomology Smithsonian Institution  Washington DC U.S.A., Laboratories of Analytical Biology Smithsonian Institution  Washington DC U.S.A.] (ORCID:0000000310218129); LaPolla, John S. [Department of Biological Sciences Towson University  Towson MD U.S.A.]; Schultz, Ted R. [Department of Entomology Smithsonian Institution  Washington DC U.S.A.] (ORCID:0000000262447233); Lucky, Andrea [Entomology &amp;amp, Nematology Department University of Florida  Gainesville FL U.S.A.] (ORCID:0000000183977498)</t>
+    <t>Williams, Jason_L [Entomology &amp;amp, Nematology Department University of Florida  Gainesville FL U.S.A.] (ORCID:0000000298343348); Zhang, Yuanmeng_Miles [Entomology &amp;amp, Nematology Department University of Florida  Gainesville FL U.S.A.] (ORCID:0000000348018624); Lloyd, Michael_W [Department of Entomology Smithsonian Institution  Washington DC U.S.A., Laboratories of Analytical Biology Smithsonian Institution  Washington DC U.S.A.] (ORCID:0000000310218129); LaPolla, John_S [Department of Biological Sciences Towson University  Towson MD U.S.A.]; Schultz, Ted_R [Department of Entomology Smithsonian Institution  Washington DC U.S.A.] (ORCID:0000000262447233); Lucky, Andrea [Entomology &amp;amp, Nematology Department University of Florida  Gainesville FL U.S.A.] (ORCID:0000000183977498)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-01-31T05:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 730-744</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;&lt;italic&gt;Nylanderia&lt;/italic&gt;(Emery) is one of the world's most diverse ant genera, with 123 described species worldwide and hundreds more undescribed. Fifteen globetrotting or invasive species have widespread distributions and are often encountered outside their native ranges. A molecular approach to understanding the evolutionary history and to revision of&lt;italic&gt;Nylanderia&lt;/italic&gt;taxonomy is needed because historical efforts based on morphology have proven insufficient to define major lineages and delimit species boundaries, especially where adventive species are concerned. To address these problems, we generated the first genus‐wide genomic dataset of&lt;italic&gt;Nylanderia&lt;/italic&gt;using ultraconserved elements (UCEs) to resolve the phylogeny of major lineages, determine the age and origin of the genus, and describe global biogeographical patterns. Sampling from seven biogeographical regions revealed a Southeast Asian origin of&lt;italic&gt;Nylanderia&lt;/italic&gt;in the mid‐Eocene and four distinct biogeographical clades in the Nearctic, the Neotropics, the Afrotropics/Malagasy region, and Australasia. The Nearctic and Neotropical clades are distantly related, indicating two separate dispersal events to the Americas between the late Oligocene and early Miocene. We also addressed the problem of misidentification that has characterized species‐level taxonomy in&lt;italic&gt;Nylanderia&lt;/italic&gt;as a result of limited morphological variation in the worker caste by evaluating the integrity of species boundaries in six of the most widespread&lt;italic&gt;Nylanderia&lt;/italic&gt;species. We sampled across ranges of species in the&lt;italic&gt;N. bourbonica&lt;/italic&gt;complex (&lt;italic&gt;N. bourbonica&lt;/italic&gt;(Forel) + &lt;italic&gt;N. vaga&lt;/italic&gt;(Forel)), the&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;N. fulva&lt;/italic&gt;&lt;/styled-content&gt;complex (&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;N. fulva&lt;/italic&gt;&lt;/styled-content&gt;(Mayr) + &lt;italic&gt;N. pubens&lt;/italic&gt;(Forel)), and the&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;N. guatemalensis&lt;/italic&gt;&lt;/styled-content&gt;complex (&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;N. guatemalensis&lt;/italic&gt;&lt;/styled-content&gt;(Forel) + &lt;italic&gt;N. steinheili&lt;/italic&gt;(Forel)) to clarify their phylogenetic placement. Deep splits within these complexes suggest that some species names – specifically&lt;italic&gt;N. bourbonica&lt;/italic&gt;and&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;N. guatemalensis&lt;/italic&gt;&lt;/styled-content&gt;– each are applied to multiple cryptic species. In exhaustively sampling&lt;italic&gt;Nylanderia&lt;/italic&gt;diversity in the West Indies, a ‘hot spot’ for invasive taxa, we found five adventive species among 22 in the region; many remain morphologically indistinguishable from one another, despite being distantly related. We stress that overcoming the taxonomic impediment through the use of molecular phylogeny and revisionary study is essential for conservation and invasive species management.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1654829; 1927161</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 730-744</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>