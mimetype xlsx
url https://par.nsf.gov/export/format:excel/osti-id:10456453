--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10456453</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.17102</t>
   </si>
   <si>
     <t>Topological model of alkali germanate glasses and exploration of the germanate anomaly</t>
   </si>
   <si>
-    <t>Welch, Rebecca S. [Department of Physics Coe College Cedar Rapids IA USA]; Wilkinson, Collin J. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Shih, Yueh‐Ting [Department of Materials Science and Engineering Rensselaer Polytechnic Institute Troy NY USA]; Bødker, Mikkel S. [Department of Chemistry and Bioscience Aalborg University Aalborg Denmark]; DeCeanne, Anthony V. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Smedskjaer, Morten M. [Department of Chemistry and Bioscience Aalborg University Aalborg Denmark] (ORCID:0000000304762021); Huang, Liping [Department of Materials Science and Engineering Rensselaer Polytechnic Institute Troy NY USA] (ORCID:0000000161215054); Affatigato, Mario [Department of Physics Coe College Cedar Rapids IA USA]; Feller, Steve A. [Department of Physics Coe College Cedar Rapids IA USA]; Mauro, John C. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA] (ORCID:0000000243193530)</t>
+    <t>Welch, Rebecca_S [Department of Physics Coe College Cedar Rapids IA USA]; Wilkinson, Collin_J [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Shih, Yueh‐Ting [Department of Materials Science and Engineering Rensselaer Polytechnic Institute Troy NY USA]; Bødker, Mikkel_S [Department of Chemistry and Bioscience Aalborg University Aalborg Denmark]; DeCeanne, Anthony_V [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Smedskjaer, Morten_M [Department of Chemistry and Bioscience Aalborg University Aalborg Denmark] (ORCID:0000000304762021); Huang, Liping [Department of Materials Science and Engineering Rensselaer Polytechnic Institute Troy NY USA] (ORCID:0000000161215054); Affatigato, Mario [Department of Physics Coe College Cedar Rapids IA USA]; Feller, Steve_A [Department of Physics Coe College Cedar Rapids IA USA]; Mauro, John_C [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA] (ORCID:0000000243193530)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-04-02T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>8</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4224-4233</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Germanate glasses are of particular interest for their excellent optical properties as well as their abnormal structural changes that appear with the addition of modifiers, giving rise to the so‐called&lt;italic&gt;germanate anomaly&lt;/italic&gt;. This anomaly refers to the nonmonotonic compositional scaling of properties exhibited by alkali germanate glasses and has been studied with various spectroscopy techniques. However, it has been difficult to understand its atomic scale origin, especially since the germanium nucleus is not easily observed by nuclear magnetic resonance. To gain insights into the mechanisms of the germanate anomaly, we have constructed a structural model using statistical mechanics and topological constraint theory to provide an accurate prediction of alkali germanate glass properties. The temperature onsets for the rigid bond constraints are deduced from in situ Brillouin light scattering, and the number of constraints is shown to be accurately calculable using statistical methods. The alkali germanate model accurately captures the effect of the germanate anomaly on glass transition temperature, liquid fragility, and Young's modulus. We also reveal that compositional variations in the glass transition temperature and Young's modulus are governed by the O–Ge–O angular constraints, whereas the variations in fragility are governed by the Ge–O radial constraints.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1746230</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 4224-4233</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>