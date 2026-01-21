--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,97 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10456961</t>
-[...8 lines deleted...]
-    <t>Pernet, Bruno [Department of Biological Sciences California State University, Long Beach Long Beach CA USA] (ORCID:0000000262005654)</t>
+    <t>10165719</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-29T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;The nonfeeding planktonic larvae of marine invertebrates typically lack larval feeding structures. One puzzling exception to this generalization is the annelid clade Sabellidae, in which nonfeeding larvae possess ciliary bands (specifically, food groove and metatroch) that, to the best of our knowledge, have no function other than in feeding. Nishi and Yamasu (1992b,&lt;italic&gt;Bulletin of the College of Sciences, University of the Ryukyus&lt;/italic&gt;,&lt;bold&gt;54&lt;/bold&gt;, 107–121) published a scanning electron micrograph showing that nonfeeding larvae of the serpulid annelid&lt;italic&gt;Salmacina dysteri&lt;/italic&gt;also possess food groove and metatrochal cilia. Here I demonstrate that nonfeeding larvae of&lt;italic&gt;Salmacina tribranchiata&lt;/italic&gt;also bear ciliary bands identifiable as food groove and metatroch by position. High‐speed video of ciliary beat patterns shows that, together with the prototrochal cilia, these bands function in an opposed band system. The presence of feeding structures in nonfeeding annelid larvae is thus more widely distributed than previously recognized. The presence of feeding structures may make evolutionary transitions to planktotrophy more likely, and may underlie an inferred origin of larval feeding in the common ancestor of one of the two major clades of serpulid annelids, Serpulinae.&lt;/p&gt;</t>
+    <t>Exposure Outliers: Children, Mothers, and Cumulative Disaster Exposure in Louisiana</t>
+  </si>
+  <si>
+    <t>Mohammad, Lubna; Peek, Peek</t>
+  </si>
+  <si>
+    <t>2019-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of family strengths</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>1-52</t>
+  </si>
+  <si>
+    <t>2168-670X</t>
+  </si>
+  <si>
+    <t>Only a limited number of studies have explored the effects of cumulative disaster exposure—defined here as multiple, acute onset, large-scale collective events that cause disruption for individuals, families, and entire communities. Research that is available indicates that children and adults who experience these potentially traumatic community-level events are at greater risk of a variety of negative health outcomes and ongoing secondary stressors throughout their life course. The present study draws on in-depth interviews with a qualitative subsample of nine mother-child pairs who were identified as both statistical and theoretical outliers in terms of their levels of disaster exposure through their participation in a larger, longitudinal
+Women and Their Children’s Health (WaTCH) project that was conducted following the British Petroleum Deepwater Horizon Oil Spill. During Wave 2 of the WaTCH study, mothers and their children were asked survey questions about previous exposure to and the impacts of the oil spill, hurricanes, and other disasters. This article presents the qualitative interview data collected from the subsample of children and mothers who both endorsed that they had experienced three or more disasters that had a major impact on the child and the household. We refer to these children as exposure outliers. The in-depth narratives of the four mother-child pairs who told stories of multiple pre-disaster stressors emerging from structural inequalities and health and financial problems, protracted and unstable displacements, and high levels of material and social losses illustrate how problems can pile up to slow or completely hinder individual and family disaster recovery. These four mother-child pairs were especially likely to have experienced devastating losses in Hurricane Katrina in 2005, which
+then led to an accumulation of disadvantage and ongoing cycles of loss and disruption. The stories of the remaining five mother-child pairs underscore how pre-disaster resources, post-disaster support, and institutional stabilizing forces can accelerate recovery even after multiple disaster exposures. This study offers insights about how families can begin to
+prepare for a future that is likely to be increasingly punctuated by more frequent and intense extreme weather events and other types of disaster.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1756531</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1635593</t>
+  </si>
+  <si>
+    <t>2019</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -286,96 +285,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>