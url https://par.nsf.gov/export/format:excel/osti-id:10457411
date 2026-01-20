--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -119,51 +119,51 @@
   <si>
     <t>Abib, Nicole; Sutherland, David A.; Amundson, Jason M.; Duncan, Dan; Eidam, Emily F.; Jackson, Rebecca H.; Kienholz, Christian; Morlighem, Mathieu; Motyka, Roman J.; Nash, Jonathan D.; Ovall, Bridget; Pettit, Erin C.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Annals of Glaciology</t>
   </si>
   <si>
     <t>1 to 12</t>
   </si>
   <si>
     <t>0260-3055</t>
   </si>
   <si>
     <t>Abstract                          Frontal ablation, the combination of submarine melting and iceberg calving, changes the geometry of a glacier's terminus, influencing glacier dynamics, the fate of upwelling plumes and the distribution of submarine meltwater input into the ocean. Directly observing frontal ablation and terminus morphology below the waterline is difficult, however, limiting our understanding of these coupled ice–ocean processes. To investigate the evolution of a tidewater glacier's submarine terminus, we combine 3-D multibeam point clouds of the subsurface ice face at LeConte Glacier, Alaska, with concurrent observations of environmental conditions during three field campaigns between 2016 and 2018. We observe terminus morphology that was predominately overcut (52% in August 2016, 63% in May 2017 and 74% in September 2018), accompanied by high multibeam sonar-derived melt rates (4.84 m d              −1              in 2016, 1.13 m d              −1              in 2017 and 1.85 m d              −1              in 2018). We find that periods of high subglacial discharge lead to localized undercut discharge outlets, but adjacent to these outlets the terminus maintains significantly overcut geometry, with an ice ramp that protrudes 75 m into the fjord in 2017 and 125 m in 2018. Our data challenge the assumption that tidewater glacier termini are largely undercut during periods of high submarine melting.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2023674; 2023269</t>
+    <t>2023674; 2023269; 2528827</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>