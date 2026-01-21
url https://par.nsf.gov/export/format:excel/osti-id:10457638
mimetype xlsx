--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -86,97 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10457638</t>
-[...8 lines deleted...]
-    <t>Ma, Jiyang [National Laboratory of Solid State Microstructures, College of Engineering and Applied Sciences, and School of Physics Nanjing University  Nanjing 210093 China]; Wen, Jianming [Department of Physics Kennesaw State University  Marietta GA 30060 USA]; Ding, Shulin [National Laboratory of Solid State Microstructures, College of Engineering and Applied Sciences, and School of Physics Nanjing University  Nanjing 210093 China]; Li, Shengjun [National Laboratory of Solid State Microstructures, College of Engineering and Applied Sciences, and School of Physics Nanjing University  Nanjing 210093 China]; Hu, Yong [National Laboratory of Solid State Microstructures, College of Engineering and Applied Sciences, and School of Physics Nanjing University  Nanjing 210093 China]; Jiang, Xiaoshun [National Laboratory of Solid State Microstructures, College of Engineering and Applied Sciences, and School of Physics Nanjing University  Nanjing 210093 China] (ORCID:0000000296049743); Jiang, Liang [Pritzker School of Molecular Engineering University of Chicago  Chicago IL 60637 USA]; Xiao, Min [National Laboratory of Solid State Microstructures, College of Engineering and Applied Sciences, and School of Physics Nanjing University  Nanjing 210093 China, Department of Physics University of Arkansas  Fayetteville AR 72701 USA]</t>
+    <t>10349769</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/mnras/stab2506</t>
+  </si>
+  <si>
+    <t>ALMA and NOEMA constraints on synchrotron nebular emission from embryonic superluminous supernova remnants and radio–gamma-ray connection</t>
+  </si>
+  <si>
+    <t>Murase, Kohta; Omand, Conor M; Coppejans, Deanne L; Nagai, Hiroshi; Bower, Geoffrey C; Chornock, Ryan; Fox, Derek B; Kashiyama, Kazumi; Law, Casey; Margutti, Raffaella; Mészáros, Peter</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-03T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;Realization of chip‐scale nonreciprocal optics such as isolators and circulators is highly demanding for all‐optical signal routing and protection with standard photonics foundry process. Owing to the significant challenge for incorporating magneto‐optical materials on chip, the exploration of magnetic‐free alternatives has become exceedingly imperative in integrated photonics. Here, a chip‐based, tunable all‐optical isolator at the telecommunication band is demonstrated, which is based upon bulk stimulated Brillouin scattering (SBS) in a high‐Q silica microtoroid resonator. This device exhibits remarkable characteristics over most state‐of‐the‐art implements, including high isolation ratio, no insertion loss, and large working power range. Thanks to the guided acoustic wave and accompanying momentum‐conservation condition, bulk SBS also assist in realizing the nonreciprocal parity‐time symmetry in two directly coupled microresonators. The breach of time‐reversal symmetry further makes the design a versatile arena for developing many formidable ultra‐compact devices such as unidirectional single‐mode Brillouin lasers and supersensitive photonic sensors.&lt;/p&gt;</t>
+    <t>2021-09-22T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>44 to 51</t>
+  </si>
+  <si>
+    <t>0035-8711</t>
+  </si>
+  <si>
+    <t>ABSTRACT            Fast-rotating pulsars and magnetars have been suggested as the central engines of superluminous supernovae (SLSNe) and fast radio bursts, and this scenario naturally predicts non-thermal synchrotron emission from their nascent pulsar wind nebulae (PWNe). We report results of high-frequency radio observations with ALMA and NOEMA for three SLSNe (SN 2015bn, SN 2016ard, and SN 2017egm), and present a detailed theoretical model to calculate non-thermal emission from PWNe with an age of ∼1−3 yr. We find that the ALMA data disfavours a PWN model motivated by the Crab nebula for SN 2015bn and SN 2017egm, and argue that this tension can be resolved if the nebular magnetization is very high or very low. Such models can be tested by future MeV–GeV gamma-ray telescopes such as AMEGO.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1806519; 1741693</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>2108467; 2108466; 1908689; 2224255; 2221789; 1944985; 1909796</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -303,79 +302,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" t="s" s="0">
         <v>41</v>
       </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>