--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,94 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10457743</t>
-[...8 lines deleted...]
-    <t>Yang, Chenchen [Department of Chemical Engineering and Materials Science Michigan State University  East Lansing MI 48824 USA]; Moemeni, Mehdi [Department of Chemistry Michigan State University  East Lansing MI 48824 USA]; Bates, Matthew [Department of Chemical Engineering and Materials Science Michigan State University  East Lansing MI 48824 USA]; Sheng, Wei [Department of Chemistry Michigan State University  East Lansing MI 48824 USA]; Borhan, Babak [Department of Chemistry Michigan State University  East Lansing MI 48824 USA]; Lunt, Richard_R [Department of Chemical Engineering and Materials Science Michigan State University  East Lansing MI 48824 USA, Department of Physics and Astronomy Michigan State University  East Lansing MI 48824 USA] (ORCID:0000000342486312)</t>
+    <t>10406022</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1021/acs.biochem.2c00725</t>
+  </si>
+  <si>
+    <t>Insights into Nitrosoalkane Binding to Myoglobin Provided by Crystallography of Wild-Type and Distal Pocket Mutant Derivatives</t>
+  </si>
+  <si>
+    <t>Herrera, Viridiana E.; Charles, Tatyana P.; Scott, Tiala G.; Prather, Kiana Y.; Nguyen, Nancy T.; Sohl, Christal D.; Thomas, Leonard M.; Richter-Addo, George B.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-02-24T05:00:00Z</t>
-[...12 lines deleted...]
- &lt;p&gt;Transparent luminescent solar concentrators (TLSCs) selectively harvest ultraviolet and near‐infrared photons. Due to the absence of electrodes, busbars, and collection grids over the solar harvesting area, the device structure enables these devices to achieve the highest levels of transparency and aesthetics. Recently, CO&lt;sub&gt;i&lt;/sub&gt;8DFIC has been developed as a nonfullerene acceptor in organic photovoltaics with unprecedented performance. In this work, nonfullerene acceptors are introduced into TLSCs as the luminophores. The impact of CO&lt;sub&gt;i&lt;/sub&gt;8DFIC concentration on power conversion efficiency (PCE), aesthetic quality, and scalability is systematically studied. After device optimization, the CO&lt;sub&gt;i&lt;/sub&gt;8DFIC TLSCs are shown to achieve a PCE over 1.2% while the average visible transmittance exceeds 74% and color rendering index exceeds 80. This work reports the highest TLSC device efficiency at the highest visibly transparency and highlights that the photoluminescent properties of these emerging low bandgap organic molecules providing an encouraging path to higher TLSC performance.&lt;/p&gt;</t>
+    <t>2023-04-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Biochemistry</t>
+  </si>
+  <si>
+    <t>0006-2960</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1702591</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>2154603; 1900181</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -294,85 +284,77 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="M2" s="0"/>
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>